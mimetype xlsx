--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov na kuželně  Horní Benešov</t>
   </si>
   <si>
     <t>Jiří Hendrych</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
@@ -347,222 +347,225 @@
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>Zdeněk Černý</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>Miloslav Petrů</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.12.2022</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
+    <t>Martin Koraba</t>
+  </si>
+  <si>
+    <t>17.3.2024</t>
+  </si>
+  <si>
+    <t>3.3.2024</t>
+  </si>
+  <si>
+    <t>18.2.2024</t>
+  </si>
+  <si>
+    <t>11.2.2024</t>
+  </si>
+  <si>
+    <t>14.1.2024</t>
+  </si>
+  <si>
+    <t>17.11.2023</t>
+  </si>
+  <si>
+    <t>5.11.2023</t>
+  </si>
+  <si>
+    <t>15.10.2023</t>
+  </si>
+  <si>
+    <t>24.9.2023</t>
+  </si>
+  <si>
+    <t>2.4.2023</t>
+  </si>
+  <si>
+    <t>19.3.2023</t>
+  </si>
+  <si>
+    <t>19.2.2023</t>
+  </si>
+  <si>
+    <t>22.1.2023</t>
+  </si>
+  <si>
+    <t>20.11.2022</t>
+  </si>
+  <si>
+    <t>6.11.2022</t>
+  </si>
+  <si>
+    <t>30.10.2022</t>
+  </si>
+  <si>
+    <t>23.10.2022</t>
+  </si>
+  <si>
+    <t>18.9.2022</t>
+  </si>
+  <si>
+    <t>3.4.2022</t>
+  </si>
+  <si>
+    <t>27.3.2022</t>
+  </si>
+  <si>
+    <t>13.3.2022</t>
+  </si>
+  <si>
+    <t>27.2.2022</t>
+  </si>
+  <si>
+    <t>13.2.2022</t>
+  </si>
+  <si>
+    <t>21.11.2021</t>
+  </si>
+  <si>
+    <t>7.11.2021</t>
+  </si>
+  <si>
+    <t>24.10.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>3.10.2021</t>
+  </si>
+  <si>
+    <t>Vladislav Pečinka</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>5.2.2022</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>21.9.2019</t>
+  </si>
+  <si>
+    <t>29.9.2018</t>
+  </si>
+  <si>
+    <t>7.4.2018</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>Zbyněk Tesař</t>
+  </si>
+  <si>
+    <t>15.1.2024</t>
+  </si>
+  <si>
+    <t>4.12.2023</t>
+  </si>
+  <si>
+    <t>20.11.2023</t>
+  </si>
+  <si>
+    <t>23.10.2023</t>
+  </si>
+  <si>
     <t>26.11.2022</t>
-  </si>
-[...130 lines deleted...]
-    <t>23.10.2023</t>
   </si>
   <si>
     <t>23.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>14.9.2019</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
@@ -2888,253 +2891,253 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>116</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="K27" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="L27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M27" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="N27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="U27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V27" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>121</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>122</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>123</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>568</v>
+      </c>
+      <c r="D28" s="4">
         <v>565</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>528</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>534</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="H28" s="7">
         <v>438</v>
       </c>
       <c r="I28" s="7">
+        <v>438</v>
+      </c>
+      <c r="J28" s="7">
         <v>522</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>481</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>452</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>419</v>
       </c>
-      <c r="M28" s="7">
+      <c r="N28" s="7">
         <v>502</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>420</v>
       </c>
-      <c r="O28" s="7">
+      <c r="P28" s="7">
         <v>478</v>
       </c>
-      <c r="P28" s="7">
+      <c r="Q28" s="7">
         <v>433</v>
       </c>
-      <c r="Q28" s="7">
+      <c r="R28" s="7">
         <v>459</v>
       </c>
-      <c r="R28" s="7">
+      <c r="S28" s="7">
         <v>474</v>
       </c>
-      <c r="S28" s="7">
+      <c r="T28" s="7">
         <v>461</v>
       </c>
-      <c r="T28" s="7">
+      <c r="U28" s="7">
         <v>485</v>
       </c>
-      <c r="U28" s="7">
+      <c r="V28" s="7">
         <v>476</v>
       </c>
-      <c r="V28" s="7">
+      <c r="W28" s="7">
         <v>520</v>
       </c>
-      <c r="W28" s="7">
+      <c r="X28" s="7">
         <v>430</v>
       </c>
-      <c r="X28" s="7">
+      <c r="Y28" s="7">
         <v>486</v>
       </c>
-      <c r="Y28" s="7">
+      <c r="Z28" s="7">
         <v>451</v>
       </c>
-      <c r="Z28" s="7">
+      <c r="AA28" s="7">
         <v>430</v>
       </c>
-      <c r="AA28" s="7">
+      <c r="AB28" s="7">
         <v>448</v>
       </c>
-      <c r="AB28" s="7">
+      <c r="AC28" s="7">
         <v>433</v>
       </c>
-      <c r="AC28" s="7">
+      <c r="AD28" s="7">
         <v>440</v>
       </c>
-      <c r="AD28" s="7">
+      <c r="AE28" s="7">
         <v>457</v>
       </c>
-      <c r="AE28" s="7">
+      <c r="AF28" s="7">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
-      <c r="G29" s="6">
-        <v>100</v>
+      <c r="G29" s="4">
+        <v>120</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
       <c r="K29" s="6">
         <v>100</v>
       </c>
       <c r="L29" s="6">
         <v>100</v>
       </c>
       <c r="M29" s="6">
         <v>100</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
@@ -3218,51 +3221,51 @@
       <c r="I31" s="6" t="s">
         <v>132</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>137</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>140</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>142</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>143</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>144</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>145</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>146</v>
       </c>
@@ -3770,120 +3773,120 @@
       <c r="A39" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>165</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>166</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>167</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>168</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>108</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>155</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>157</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
         <v>407</v>
       </c>
       <c r="D40" s="7">
         <v>398</v>
       </c>
       <c r="E40" s="7">
         <v>420</v>
       </c>
       <c r="F40" s="7">
         <v>383</v>
       </c>
       <c r="G40" s="7">
         <v>443</v>
       </c>
       <c r="H40" s="7">
         <v>338</v>
       </c>
       <c r="I40" s="7">
@@ -4034,51 +4037,51 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>18</v>
       </c>
@@ -4088,90 +4091,90 @@
       <c r="K43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>74</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>81</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>565</v>
       </c>
       <c r="D44" s="4">
         <v>533</v>
       </c>
       <c r="E44" s="4">
         <v>544</v>
       </c>
       <c r="F44" s="4">
         <v>576</v>
       </c>
       <c r="G44" s="4">
         <v>536</v>
       </c>
       <c r="H44" s="4">
         <v>561</v>
       </c>
       <c r="I44" s="4">
@@ -4322,51 +4325,51 @@
       </c>
       <c r="Z45" s="4">
         <v>120</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>9</v>
       </c>
@@ -4610,253 +4613,253 @@
       </c>
       <c r="Z49" s="4">
         <v>120</v>
       </c>
       <c r="AA49" s="4">
         <v>120</v>
       </c>
       <c r="AB49" s="4">
         <v>120</v>
       </c>
       <c r="AC49" s="4">
         <v>120</v>
       </c>
       <c r="AD49" s="4">
         <v>120</v>
       </c>
       <c r="AE49" s="4">
         <v>120</v>
       </c>
       <c r="AF49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>111</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>195</v>
+        <v>115</v>
       </c>
       <c r="G51" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="H51" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="H51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I51" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="J51" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M51" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="N51" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="O51" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="O51" s="6" t="s">
+      <c r="P51" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="S51" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="S51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T51" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="U51" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>124</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>196</v>
+        <v>171</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>171</v>
+        <v>197</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>197</v>
+        <v>172</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>198</v>
       </c>
       <c r="AB51" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="AC51" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>593</v>
+      </c>
+      <c r="D52" s="4">
         <v>537</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>497</v>
       </c>
-      <c r="E52" s="7">
+      <c r="F52" s="7">
         <v>466</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="7">
         <v>416</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H52" s="7">
         <v>412</v>
       </c>
-      <c r="H52" s="7">
+      <c r="I52" s="7">
         <v>426</v>
       </c>
-      <c r="I52" s="7">
+      <c r="J52" s="7">
         <v>430</v>
       </c>
-      <c r="J52" s="7">
+      <c r="K52" s="7">
         <v>432</v>
       </c>
-      <c r="K52" s="7">
+      <c r="L52" s="7">
         <v>421</v>
       </c>
-      <c r="L52" s="7">
+      <c r="M52" s="7">
         <v>468</v>
       </c>
-      <c r="M52" s="7">
+      <c r="N52" s="7">
         <v>401</v>
       </c>
-      <c r="N52" s="7">
+      <c r="O52" s="7">
         <v>428</v>
       </c>
-      <c r="O52" s="7">
+      <c r="P52" s="7">
         <v>425</v>
       </c>
-      <c r="P52" s="7">
+      <c r="Q52" s="7">
         <v>464</v>
       </c>
-      <c r="Q52" s="7">
+      <c r="R52" s="7">
         <v>383</v>
       </c>
-      <c r="R52" s="7">
+      <c r="S52" s="7">
         <v>462</v>
       </c>
-      <c r="S52" s="7">
+      <c r="T52" s="7">
         <v>453</v>
       </c>
-      <c r="T52" s="7">
+      <c r="U52" s="7">
         <v>413</v>
       </c>
-      <c r="U52" s="7">
+      <c r="V52" s="7">
         <v>391</v>
       </c>
-      <c r="V52" s="7">
+      <c r="W52" s="7">
         <v>436</v>
       </c>
-      <c r="W52" s="7">
+      <c r="X52" s="7">
         <v>414</v>
       </c>
-      <c r="X52" s="7">
+      <c r="Y52" s="7">
         <v>441</v>
       </c>
-      <c r="Y52" s="7">
+      <c r="Z52" s="7">
         <v>444</v>
       </c>
-      <c r="Z52" s="7">
+      <c r="AA52" s="7">
         <v>416</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>593</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>554</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>531</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>508</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="4">
         <v>120</v>
       </c>
       <c r="D53" s="4">
         <v>120</v>
       </c>
-      <c r="E53" s="6">
-        <v>100</v>
+      <c r="E53" s="4">
+        <v>120</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
@@ -4877,165 +4880,165 @@
       </c>
       <c r="S53" s="6">
         <v>100</v>
       </c>
       <c r="T53" s="6">
         <v>100</v>
       </c>
       <c r="U53" s="6">
         <v>100</v>
       </c>
       <c r="V53" s="6">
         <v>100</v>
       </c>
       <c r="W53" s="6">
         <v>100</v>
       </c>
       <c r="X53" s="6">
         <v>100</v>
       </c>
       <c r="Y53" s="6">
         <v>100</v>
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
-      <c r="AA53" s="4">
-        <v>120</v>
+      <c r="AA53" s="6">
+        <v>100</v>
       </c>
       <c r="AB53" s="4">
         <v>120</v>
       </c>
       <c r="AC53" s="4">
         <v>120</v>
       </c>
       <c r="AD53" s="4">
         <v>120</v>
       </c>
       <c r="AE53" s="4">
         <v>120</v>
       </c>
       <c r="AF53" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>106</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>132</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>136</v>
       </c>
       <c r="Q55" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>155</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>155</v>
       </c>
       <c r="T55" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>156</v>
       </c>
       <c r="V55" s="6" t="s">
         <v>147</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>157</v>
       </c>
       <c r="X55" s="6" t="s">
         <v>157</v>
       </c>
       <c r="Y55" s="6" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="Z55" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="AA55" s="6" t="s">
         <v>152</v>
       </c>
       <c r="AB55" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="AC55" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="AD55" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AE55" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AF55" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="7">
         <v>438</v>
       </c>
       <c r="D56" s="7">
         <v>386</v>
       </c>
       <c r="E56" s="7">
         <v>461</v>
       </c>
       <c r="F56" s="7">
         <v>398</v>
       </c>
       <c r="G56" s="7">
         <v>429</v>
       </c>
       <c r="H56" s="7">
         <v>476</v>
       </c>
       <c r="I56" s="7">
@@ -5186,144 +5189,144 @@
       </c>
       <c r="Z57" s="6">
         <v>100</v>
       </c>
       <c r="AA57" s="6">
         <v>100</v>
       </c>
       <c r="AB57" s="4">
         <v>120</v>
       </c>
       <c r="AC57" s="6">
         <v>100</v>
       </c>
       <c r="AD57" s="4">
         <v>120</v>
       </c>
       <c r="AE57" s="4">
         <v>120</v>
       </c>
       <c r="AF57" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>16</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R59" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S59" s="6" t="s">
         <v>23</v>
       </c>
       <c r="T59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="U59" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V59" s="6" t="s">
         <v>25</v>
       </c>
       <c r="W59" s="6" t="s">
         <v>29</v>
       </c>
       <c r="X59" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y59" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Z59" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AA59" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AB59" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AC59" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="AD59" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AE59" s="6" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="AF59" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>533</v>
       </c>
       <c r="D60" s="4">
         <v>533</v>
       </c>
       <c r="E60" s="4">
         <v>538</v>
       </c>
       <c r="F60" s="4">
         <v>537</v>
       </c>
       <c r="G60" s="7">
         <v>478</v>
       </c>
       <c r="H60" s="7">
         <v>436</v>
       </c>
       <c r="I60" s="7">
@@ -5474,126 +5477,126 @@
       </c>
       <c r="Z61" s="6">
         <v>100</v>
       </c>
       <c r="AA61" s="6">
         <v>100</v>
       </c>
       <c r="AB61" s="6">
         <v>100</v>
       </c>
       <c r="AC61" s="6">
         <v>100</v>
       </c>
       <c r="AD61" s="6">
         <v>100</v>
       </c>
       <c r="AE61" s="6">
         <v>100</v>
       </c>
       <c r="AF61" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>105</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N63" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="O63" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P63" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="Q63" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S63" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="T63" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="U63" s="6" t="s">
         <v>32</v>
       </c>
       <c r="V63" s="6" t="s">
         <v>70</v>
       </c>
       <c r="W63" s="6" t="s">
         <v>38</v>
       </c>
       <c r="X63" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Y63" s="6" t="s">
         <v>72</v>
       </c>
       <c r="Z63" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="AA63" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AB63" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AC63" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AD63" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AE63" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AF63" s="6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="7">
@@ -5762,144 +5765,144 @@
       </c>
       <c r="Z65" s="6">
         <v>100</v>
       </c>
       <c r="AA65" s="6">
         <v>100</v>
       </c>
       <c r="AB65" s="6">
         <v>100</v>
       </c>
       <c r="AC65" s="6">
         <v>100</v>
       </c>
       <c r="AD65" s="6">
         <v>100</v>
       </c>
       <c r="AE65" s="6">
         <v>100</v>
       </c>
       <c r="AF65" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>82</v>
       </c>
       <c r="G67" s="6" t="s">
         <v>83</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I67" s="6" t="s">
         <v>84</v>
       </c>
       <c r="J67" s="6" t="s">
         <v>85</v>
       </c>
       <c r="K67" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M67" s="6" t="s">
         <v>87</v>
       </c>
       <c r="N67" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="O67" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P67" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="Q67" s="6" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="R67" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="S67" s="6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="T67" s="6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="U67" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="V67" s="6" t="s">
         <v>95</v>
       </c>
       <c r="W67" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X67" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Y67" s="6" t="s">
         <v>98</v>
       </c>
       <c r="Z67" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AA67" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AB67" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AC67" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AD67" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AE67" s="6" t="s">
         <v>161</v>
       </c>
       <c r="AF67" s="6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:32">
       <c r="B68" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C68" s="7">
         <v>442</v>
       </c>
       <c r="D68" s="7">
         <v>459</v>
       </c>
       <c r="E68" s="4">
         <v>574</v>
       </c>
       <c r="F68" s="4">
         <v>615</v>
       </c>
       <c r="G68" s="4">
         <v>559</v>
       </c>
       <c r="H68" s="4">
         <v>545</v>
       </c>
       <c r="I68" s="4">
@@ -6050,138 +6053,138 @@
       </c>
       <c r="Z69" s="6">
         <v>100</v>
       </c>
       <c r="AA69" s="6">
         <v>100</v>
       </c>
       <c r="AB69" s="6">
         <v>100</v>
       </c>
       <c r="AC69" s="6">
         <v>100</v>
       </c>
       <c r="AD69" s="6">
         <v>100</v>
       </c>
       <c r="AE69" s="6">
         <v>100</v>
       </c>
       <c r="AF69" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:32">
       <c r="A71" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I71" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M71" s="6" t="s">
         <v>16</v>
       </c>
       <c r="N71" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="O71" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P71" s="6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="Q71" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="R71" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="S71" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="T71" s="6" t="s">
         <v>36</v>
       </c>
       <c r="U71" s="6" t="s">
         <v>37</v>
       </c>
       <c r="V71" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="W71" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="X71" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="Y71" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="Z71" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AA71" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="AB71" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="AC71" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="AD71" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="AE71" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AF71" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="72" spans="1:32">
       <c r="B72" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C72" s="7">
         <v>484</v>
       </c>
       <c r="D72" s="7">
         <v>474</v>
       </c>
       <c r="E72" s="7">
         <v>421</v>
       </c>
       <c r="F72" s="7">
         <v>432</v>
       </c>
       <c r="G72" s="7">