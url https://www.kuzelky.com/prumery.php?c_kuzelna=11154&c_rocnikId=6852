--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov na kuželně  Horní Benešov</t>
   </si>
   <si>
     <t>Jaromír Hendrych</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
@@ -459,50 +459,53 @@
     <t>9.11.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
     <t>23.3.2019</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>9.2.2019</t>
   </si>
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>11.4.2015</t>
   </si>
   <si>
     <t>7.2.2015</t>
   </si>
   <si>
     <t>Petr Dankovič</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>9.8.2021</t>
   </si>
   <si>
     <t>12.7.2021</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>Jakub Dankovič</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
@@ -4127,544 +4130,544 @@
       </c>
       <c r="AB45" s="7">
         <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>120</v>
       </c>
       <c r="AD45" s="7">
         <v>120</v>
       </c>
       <c r="AE45" s="7">
         <v>120</v>
       </c>
       <c r="AF45" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="E47" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="F47" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G47" s="6" t="s">
+      <c r="H47" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="L47" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="N47" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="O47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P47" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q47" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>151</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>152</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>153</v>
       </c>
       <c r="U47" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="V47" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="AA47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB47" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC47" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="AD47" s="6" t="s">
+      <c r="AE47" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="AE47" s="6" t="s">
+      <c r="AF47" s="6" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
+        <v>517</v>
+      </c>
+      <c r="D48" s="7">
         <v>515</v>
       </c>
-      <c r="D48" s="7">
+      <c r="E48" s="7">
         <v>592</v>
       </c>
-      <c r="E48" s="7">
+      <c r="F48" s="7">
         <v>542</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>437</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>441</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>453</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>486</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>453</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>438</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>466</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>435</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>460</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>432</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>480</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>541</v>
       </c>
-      <c r="R48" s="7">
+      <c r="S48" s="7">
         <v>542</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>517</v>
       </c>
-      <c r="T48" s="7">
+      <c r="U48" s="7">
         <v>483</v>
       </c>
-      <c r="U48" s="7">
+      <c r="V48" s="7">
         <v>509</v>
       </c>
-      <c r="V48" s="7">
+      <c r="W48" s="7">
         <v>558</v>
       </c>
-      <c r="W48" s="7">
+      <c r="X48" s="7">
         <v>536</v>
       </c>
-      <c r="X48" s="7">
+      <c r="Y48" s="7">
         <v>508</v>
       </c>
-      <c r="Y48" s="7">
+      <c r="Z48" s="7">
         <v>526</v>
       </c>
-      <c r="Z48" s="7">
+      <c r="AA48" s="7">
         <v>548</v>
       </c>
-      <c r="AA48" s="7">
+      <c r="AB48" s="7">
         <v>525</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>449</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>430</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>479</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>120</v>
       </c>
       <c r="D49" s="7">
         <v>120</v>
       </c>
       <c r="E49" s="7">
         <v>120</v>
       </c>
-      <c r="F49" s="6">
-        <v>100</v>
+      <c r="F49" s="7">
+        <v>120</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
-      <c r="Q49" s="7">
-        <v>120</v>
+      <c r="Q49" s="6">
+        <v>100</v>
       </c>
       <c r="R49" s="7">
         <v>120</v>
       </c>
       <c r="S49" s="7">
         <v>120</v>
       </c>
       <c r="T49" s="7">
         <v>120</v>
       </c>
       <c r="U49" s="7">
         <v>120</v>
       </c>
       <c r="V49" s="7">
         <v>120</v>
       </c>
       <c r="W49" s="7">
         <v>120</v>
       </c>
       <c r="X49" s="7">
         <v>120</v>
       </c>
       <c r="Y49" s="7">
         <v>120</v>
       </c>
       <c r="Z49" s="7">
         <v>120</v>
       </c>
       <c r="AA49" s="7">
         <v>120</v>
       </c>
-      <c r="AB49" s="6">
-        <v>100</v>
+      <c r="AB49" s="7">
+        <v>120</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D51" s="6" t="s">
+      <c r="E51" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E51" s="6" t="s">
+      <c r="F51" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="F51" s="6" t="s">
+      <c r="G51" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G51" s="6" t="s">
+      <c r="H51" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H51" s="6" t="s">
+      <c r="I51" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="O51" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="O51" s="6" t="s">
+      <c r="P51" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="S51" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="S51" s="6" t="s">
+      <c r="T51" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="T51" s="6" t="s">
+      <c r="U51" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="U51" s="6" t="s">
+      <c r="V51" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="V51" s="6" t="s">
+      <c r="W51" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="W51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X51" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y51" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Z51" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="Z51" s="6" t="s">
+      <c r="AA51" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AA51" s="6" t="s">
+      <c r="AB51" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="AE51" s="6" t="s">
+      <c r="AF51" s="6" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="7">
+        <v>561</v>
+      </c>
+      <c r="D52" s="7">
         <v>531</v>
       </c>
-      <c r="D52" s="7">
+      <c r="E52" s="7">
         <v>537</v>
       </c>
-      <c r="E52" s="7">
+      <c r="F52" s="7">
         <v>573</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="7">
         <v>564</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H52" s="7">
         <v>558</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>480</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>481</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>482</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>452</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>465</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>477</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>479</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>483</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>456</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>452</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>481</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>442</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>433</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>447</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>451</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>458</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>511</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>430</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>482</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>445</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>446</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>490</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>438</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="7">
         <v>120</v>
       </c>
       <c r="D53" s="7">
         <v>120</v>
       </c>
       <c r="E53" s="7">
         <v>120</v>
       </c>
       <c r="F53" s="7">
         <v>120</v>
       </c>
       <c r="G53" s="7">
         <v>120</v>
       </c>
-      <c r="H53" s="6">
-        <v>100</v>
+      <c r="H53" s="7">
+        <v>120</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
       <c r="N53" s="6">
         <v>100</v>
       </c>
       <c r="O53" s="6">
         <v>100</v>
       </c>
       <c r="P53" s="6">
         <v>100</v>
       </c>
@@ -4697,51 +4700,51 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>42</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>105</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>106</v>
       </c>
@@ -4766,66 +4769,66 @@
       <c r="P55" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>63</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V55" s="6" t="s">
         <v>112</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>112</v>
       </c>
       <c r="X55" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Y55" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="Z55" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AA55" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AB55" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AC55" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AD55" s="6" t="s">
         <v>136</v>
       </c>
       <c r="AE55" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AF55" s="6" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
         <v>484</v>
       </c>
       <c r="D56" s="4">
         <v>474</v>
       </c>
       <c r="E56" s="4">
         <v>421</v>
       </c>
       <c r="F56" s="4">