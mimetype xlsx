--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov ˝A˝ na kuželně  Horní Benešov</t>
   </si>
   <si>
     <t>Petr Rak</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
@@ -254,336 +254,339 @@
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>Zdeněk Černý</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>Miloslav Petrů</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>9.12.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.12.2022</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
+    <t>Petr Kozák</t>
+  </si>
+  <si>
+    <t>11.3.2019</t>
+  </si>
+  <si>
+    <t>25.2.2019</t>
+  </si>
+  <si>
+    <t>4.2.2019</t>
+  </si>
+  <si>
+    <t>17.1.2019</t>
+  </si>
+  <si>
+    <t>10.12.2018</t>
+  </si>
+  <si>
+    <t>3.12.2018</t>
+  </si>
+  <si>
+    <t>26.11.2018</t>
+  </si>
+  <si>
+    <t>27.10.2018</t>
+  </si>
+  <si>
+    <t>1.10.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>2.4.2018</t>
+  </si>
+  <si>
+    <t>12.3.2018</t>
+  </si>
+  <si>
+    <t>13.11.2017</t>
+  </si>
+  <si>
+    <t>30.10.2017</t>
+  </si>
+  <si>
+    <t>16.10.2017</t>
+  </si>
+  <si>
+    <t>2.10.2017</t>
+  </si>
+  <si>
+    <t>18.9.2017</t>
+  </si>
+  <si>
+    <t>27.2.2017</t>
+  </si>
+  <si>
+    <t>6.2.2017</t>
+  </si>
+  <si>
+    <t>21.11.2016</t>
+  </si>
+  <si>
+    <t>29.2.2016</t>
+  </si>
+  <si>
+    <t>8.2.2016</t>
+  </si>
+  <si>
+    <t>25.1.2016</t>
+  </si>
+  <si>
+    <t>7.12.2015</t>
+  </si>
+  <si>
+    <t>23.11.2015</t>
+  </si>
+  <si>
+    <t>9.11.2015</t>
+  </si>
+  <si>
+    <t>26.10.2015</t>
+  </si>
+  <si>
+    <t>21.9.2015</t>
+  </si>
+  <si>
+    <t>23.3.2015</t>
+  </si>
+  <si>
+    <t>Bohuslav Čuba</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>5.2.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>11.12.2021</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
+    <t>11.9.2021</t>
+  </si>
+  <si>
+    <t>5.7.2021</t>
+  </si>
+  <si>
+    <t>Michal Rašťák</t>
+  </si>
+  <si>
+    <t>4.3.2017</t>
+  </si>
+  <si>
+    <t>25.2.2017</t>
+  </si>
+  <si>
+    <t>21.1.2017</t>
+  </si>
+  <si>
+    <t>10.12.2016</t>
+  </si>
+  <si>
+    <t>3.12.2016</t>
+  </si>
+  <si>
+    <t>15.10.2016</t>
+  </si>
+  <si>
+    <t>24.9.2016</t>
+  </si>
+  <si>
+    <t>9.4.2016</t>
+  </si>
+  <si>
+    <t>19.3.2016</t>
+  </si>
+  <si>
+    <t>5.3.2016</t>
+  </si>
+  <si>
+    <t>13.2.2016</t>
+  </si>
+  <si>
+    <t>23.1.2016</t>
+  </si>
+  <si>
+    <t>12.12.2015</t>
+  </si>
+  <si>
+    <t>14.11.2015</t>
+  </si>
+  <si>
+    <t>17.10.2015</t>
+  </si>
+  <si>
+    <t>19.9.2015</t>
+  </si>
+  <si>
+    <t>11.4.2015</t>
+  </si>
+  <si>
+    <t>21.3.2015</t>
+  </si>
+  <si>
+    <t>28.2.2015</t>
+  </si>
+  <si>
+    <t>7.2.2015</t>
+  </si>
+  <si>
+    <t>17.1.2015</t>
+  </si>
+  <si>
+    <t>29.11.2014</t>
+  </si>
+  <si>
+    <t>22.11.2014</t>
+  </si>
+  <si>
+    <t>8.11.2014</t>
+  </si>
+  <si>
+    <t>25.10.2014</t>
+  </si>
+  <si>
+    <t>11.10.2014</t>
+  </si>
+  <si>
+    <t>20.9.2014</t>
+  </si>
+  <si>
+    <t>13.9.2014</t>
+  </si>
+  <si>
+    <t>26.4.2014</t>
+  </si>
+  <si>
+    <t>Vladislav Pečinka</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>21.9.2019</t>
+  </si>
+  <si>
+    <t>29.9.2018</t>
+  </si>
+  <si>
+    <t>7.4.2018</t>
+  </si>
+  <si>
+    <t>10.3.2018</t>
+  </si>
+  <si>
+    <t>Kamil Kubeša</t>
+  </si>
+  <si>
+    <t>Luděk Zeman</t>
+  </si>
+  <si>
+    <t>8.3.2025</t>
+  </si>
+  <si>
+    <t>4.2.2023</t>
+  </si>
+  <si>
     <t>26.11.2022</t>
-  </si>
-[...244 lines deleted...]
-    <t>4.2.2023</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>Karel Chlevišťan</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
     <t>2.12.2017</t>
   </si>
@@ -2267,253 +2270,253 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>82</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>83</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>84</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>85</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>86</v>
       </c>
       <c r="K19" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="L19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="L19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="N19" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="R19" s="7" t="s">
+      <c r="S19" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="U19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V19" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="W19" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>91</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>92</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>568</v>
+      </c>
+      <c r="D20" s="4">
         <v>565</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>528</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>534</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="H20" s="5">
         <v>438</v>
       </c>
       <c r="I20" s="5">
+        <v>438</v>
+      </c>
+      <c r="J20" s="5">
         <v>522</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>481</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>452</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>419</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>502</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>420</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>478</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>433</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>459</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>474</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>461</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>485</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>476</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>520</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>430</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>486</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>451</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>430</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>448</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>433</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>440</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>457</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
-      <c r="G21" s="7">
-        <v>100</v>
+      <c r="G21" s="4">
+        <v>120</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
@@ -4001,241 +4004,241 @@
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>80</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F43" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="G43" s="7" t="s">
         <v>174</v>
       </c>
-      <c r="G43" s="7" t="s">
+      <c r="H43" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="J43" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="J43" s="7" t="s">
+      <c r="K43" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="K43" s="7" t="s">
+      <c r="L43" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="L43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="N43" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="N43" s="7" t="s">
+      <c r="O43" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="O43" s="7" t="s">
+      <c r="P43" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="P43" s="7" t="s">
+      <c r="Q43" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="Q43" s="7" t="s">
+      <c r="R43" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="R43" s="7" t="s">
+      <c r="S43" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="S43" s="7" t="s">
+      <c r="T43" s="7" t="s">
         <v>175</v>
       </c>
-      <c r="T43" s="7" t="s">
+      <c r="U43" s="7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>93</v>
       </c>
       <c r="W43" s="7" t="s">
         <v>176</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>177</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>178</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>179</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>180</v>
       </c>
       <c r="AB43" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="AC43" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="AC43" s="7" t="s">
+      <c r="AD43" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="AD43" s="7" t="s">
+      <c r="AE43" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="AE43" s="7" t="s">
+      <c r="AF43" s="7" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>593</v>
+      </c>
+      <c r="D44" s="4">
         <v>537</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>497</v>
       </c>
-      <c r="E44" s="5">
+      <c r="F44" s="5">
         <v>466</v>
       </c>
-      <c r="F44" s="5">
+      <c r="G44" s="5">
         <v>416</v>
       </c>
-      <c r="G44" s="5">
+      <c r="H44" s="5">
         <v>412</v>
       </c>
-      <c r="H44" s="5">
+      <c r="I44" s="5">
         <v>426</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>430</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>432</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>421</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>468</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>401</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>428</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>425</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>464</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>383</v>
       </c>
-      <c r="R44" s="5">
+      <c r="S44" s="5">
         <v>462</v>
       </c>
-      <c r="S44" s="5">
+      <c r="T44" s="5">
         <v>453</v>
       </c>
-      <c r="T44" s="5">
+      <c r="U44" s="5">
         <v>413</v>
       </c>
-      <c r="U44" s="5">
+      <c r="V44" s="5">
         <v>391</v>
       </c>
-      <c r="V44" s="5">
+      <c r="W44" s="5">
         <v>436</v>
       </c>
-      <c r="W44" s="5">
+      <c r="X44" s="5">
         <v>414</v>
       </c>
-      <c r="X44" s="5">
+      <c r="Y44" s="5">
         <v>441</v>
       </c>
-      <c r="Y44" s="5">
+      <c r="Z44" s="5">
         <v>444</v>
       </c>
-      <c r="Z44" s="5">
+      <c r="AA44" s="5">
         <v>416</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>593</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>554</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>531</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>508</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
-      <c r="E45" s="7">
-        <v>100</v>
+      <c r="E45" s="4">
+        <v>120</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
       <c r="G45" s="7">
         <v>100</v>
       </c>
       <c r="H45" s="7">
         <v>100</v>
       </c>
       <c r="I45" s="7">
         <v>100</v>
       </c>
       <c r="J45" s="7">
         <v>100</v>
       </c>
       <c r="K45" s="7">
         <v>100</v>
       </c>
       <c r="L45" s="7">
         <v>100</v>
       </c>
       <c r="M45" s="7">
         <v>100</v>
       </c>
@@ -4256,138 +4259,138 @@
       </c>
       <c r="S45" s="7">
         <v>100</v>
       </c>
       <c r="T45" s="7">
         <v>100</v>
       </c>
       <c r="U45" s="7">
         <v>100</v>
       </c>
       <c r="V45" s="7">
         <v>100</v>
       </c>
       <c r="W45" s="7">
         <v>100</v>
       </c>
       <c r="X45" s="7">
         <v>100</v>
       </c>
       <c r="Y45" s="7">
         <v>100</v>
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
-      <c r="AA45" s="4">
-        <v>120</v>
+      <c r="AA45" s="7">
+        <v>100</v>
       </c>
       <c r="AB45" s="4">
         <v>120</v>
       </c>
       <c r="AC45" s="4">
         <v>120</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="4">
         <v>120</v>
       </c>
       <c r="AF45" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>129</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>67</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>144</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>145</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>146</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>147</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>148</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N47" s="7" t="s">
         <v>149</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>150</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>151</v>
       </c>
       <c r="R47" s="7" t="s">
         <v>153</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>567</v>
       </c>
       <c r="D48" s="4">
         <v>553</v>
       </c>
       <c r="E48" s="4">
         <v>573</v>
       </c>
       <c r="F48" s="4">
         <v>559</v>
       </c>
       <c r="G48" s="4">
         <v>564</v>
       </c>
       <c r="H48" s="4">
         <v>578</v>
       </c>
       <c r="I48" s="4">
@@ -4484,144 +4487,144 @@
       </c>
       <c r="Q49" s="4">
         <v>120</v>
       </c>
       <c r="R49" s="7">
         <v>100</v>
       </c>
       <c r="S49" s="7">
         <v>100</v>
       </c>
       <c r="T49" s="7">
         <v>100</v>
       </c>
       <c r="U49" s="7">
         <v>100</v>
       </c>
       <c r="V49" s="7">
         <v>100</v>
       </c>
       <c r="W49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>77</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>50</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>51</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>52</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>53</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>56</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="V51" s="7" t="s">
         <v>64</v>
       </c>
       <c r="W51" s="7" t="s">
         <v>65</v>
       </c>
       <c r="X51" s="7" t="s">
         <v>66</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>67</v>
       </c>
       <c r="Z51" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AA51" s="7" t="s">
         <v>69</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>70</v>
       </c>
       <c r="AC51" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AD51" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AE51" s="7" t="s">
         <v>169</v>
       </c>
       <c r="AF51" s="7" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">
         <v>442</v>
       </c>
       <c r="D52" s="5">
         <v>459</v>
       </c>
       <c r="E52" s="4">
         <v>574</v>
       </c>
       <c r="F52" s="4">
         <v>615</v>
       </c>
       <c r="G52" s="4">
         <v>559</v>
       </c>
       <c r="H52" s="4">
         <v>545</v>
       </c>
       <c r="I52" s="4">
@@ -4772,144 +4775,144 @@
       </c>
       <c r="Z53" s="7">
         <v>100</v>
       </c>
       <c r="AA53" s="7">
         <v>100</v>
       </c>
       <c r="AB53" s="7">
         <v>100</v>
       </c>
       <c r="AC53" s="7">
         <v>100</v>
       </c>
       <c r="AD53" s="7">
         <v>100</v>
       </c>
       <c r="AE53" s="7">
         <v>100</v>
       </c>
       <c r="AF53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>125</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>127</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>128</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>129</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>130</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>131</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>132</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>133</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="T55" s="7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="U55" s="7" t="s">
         <v>64</v>
       </c>
       <c r="V55" s="7" t="s">
         <v>66</v>
       </c>
       <c r="W55" s="7" t="s">
         <v>68</v>
       </c>
       <c r="X55" s="7" t="s">
         <v>72</v>
       </c>
       <c r="Y55" s="7" t="s">
         <v>171</v>
       </c>
       <c r="Z55" s="7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="AA55" s="7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="AB55" s="7" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="AC55" s="7" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="AD55" s="7" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AE55" s="7" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="AF55" s="7" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="5">
         <v>432</v>
       </c>
       <c r="D56" s="4">
         <v>504</v>
       </c>
       <c r="E56" s="4">
         <v>521</v>
       </c>
       <c r="F56" s="4">
         <v>525</v>
       </c>
       <c r="G56" s="4">
         <v>550</v>
       </c>
       <c r="H56" s="4">
         <v>553</v>
       </c>
       <c r="I56" s="4">