--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Výsledky hráčů družstva TJ Slovan Karlovy Vary na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>František Průša</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>28.9.2019</t>
   </si>
   <si>
     <t>14.9.2019</t>
   </si>
   <si>
     <t>9.3.2019</t>
   </si>
   <si>
@@ -342,50 +342,53 @@
     <t>3.2.2024</t>
   </si>
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>Václav Hlaváč st.</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>Pavel Staša</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>18.1.2020</t>
   </si>
@@ -2387,227 +2390,227 @@
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>110</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>111</v>
       </c>
       <c r="E23" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F23" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="F23" s="7" t="s">
+      <c r="G23" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="G23" s="7" t="s">
+      <c r="H23" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="I23" s="7" t="s">
+      <c r="J23" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="J23" s="7" t="s">
+      <c r="K23" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="K23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L23" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="M23" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="N23" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="P23" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="P23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="S23" s="7" t="s">
+      <c r="T23" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="T23" s="7" t="s">
+      <c r="U23" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>114</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>115</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>116</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>117</v>
       </c>
       <c r="AC23" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="AD23" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AD23" s="7" t="s">
+      <c r="AE23" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="AE23" s="7" t="s">
+      <c r="AF23" s="7" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="5">
+        <v>530</v>
+      </c>
+      <c r="D24" s="5">
         <v>525</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>568</v>
       </c>
-      <c r="E24" s="5">
+      <c r="F24" s="5">
         <v>521</v>
       </c>
-      <c r="F24" s="5">
+      <c r="G24" s="5">
         <v>541</v>
       </c>
-      <c r="G24" s="5">
+      <c r="H24" s="5">
         <v>552</v>
       </c>
-      <c r="H24" s="5">
+      <c r="I24" s="5">
         <v>519</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>529</v>
       </c>
-      <c r="J24" s="5">
+      <c r="K24" s="5">
         <v>505</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>517</v>
       </c>
-      <c r="L24" s="5">
+      <c r="M24" s="5">
         <v>491</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>521</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>472</v>
       </c>
-      <c r="O24" s="5">
+      <c r="P24" s="5">
         <v>539</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>476</v>
       </c>
-      <c r="Q24" s="5">
+      <c r="R24" s="5">
         <v>539</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>485</v>
       </c>
-      <c r="S24" s="5">
+      <c r="T24" s="5">
         <v>507</v>
       </c>
-      <c r="T24" s="5">
+      <c r="U24" s="5">
         <v>506</v>
       </c>
-      <c r="U24" s="5">
+      <c r="V24" s="5">
         <v>515</v>
       </c>
-      <c r="V24" s="5">
+      <c r="W24" s="5">
         <v>558</v>
       </c>
-      <c r="W24" s="5">
+      <c r="X24" s="5">
         <v>510</v>
       </c>
-      <c r="X24" s="5">
+      <c r="Y24" s="5">
         <v>498</v>
       </c>
-      <c r="Y24" s="5">
+      <c r="Z24" s="5">
         <v>515</v>
       </c>
-      <c r="Z24" s="5">
+      <c r="AA24" s="5">
         <v>498</v>
       </c>
-      <c r="AA24" s="5">
+      <c r="AB24" s="5">
         <v>494</v>
       </c>
-      <c r="AB24" s="5">
+      <c r="AC24" s="5">
         <v>530</v>
       </c>
-      <c r="AC24" s="5">
+      <c r="AD24" s="5">
         <v>568</v>
       </c>
-      <c r="AD24" s="5">
+      <c r="AE24" s="5">
         <v>574</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="5">
         <v>120</v>
       </c>
       <c r="D25" s="5">
         <v>120</v>
       </c>
       <c r="E25" s="5">
         <v>120</v>
       </c>
       <c r="F25" s="5">
         <v>120</v>
       </c>
       <c r="G25" s="5">
         <v>120</v>
       </c>
       <c r="H25" s="5">
         <v>120</v>
       </c>
       <c r="I25" s="5">
@@ -2663,216 +2666,216 @@
       </c>
       <c r="Z25" s="5">
         <v>120</v>
       </c>
       <c r="AA25" s="5">
         <v>120</v>
       </c>
       <c r="AB25" s="5">
         <v>120</v>
       </c>
       <c r="AC25" s="5">
         <v>120</v>
       </c>
       <c r="AD25" s="5">
         <v>120</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="5">
         <v>491</v>
       </c>
       <c r="D28" s="4">
         <v>434</v>
       </c>
       <c r="E28" s="4">
         <v>425</v>
       </c>
       <c r="F28" s="5">
         <v>544</v>
       </c>
       <c r="G28" s="5">
         <v>549</v>
       </c>
       <c r="H28" s="5">
         <v>548</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="5">
         <v>120</v>
       </c>
       <c r="G29" s="5">
         <v>120</v>
       </c>
       <c r="H29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>100</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>70</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>101</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>102</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>103</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>78</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>79</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>80</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>104</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>82</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>83</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>84</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>106</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>60</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>107</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>108</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="5">
         <v>536</v>
       </c>
       <c r="D32" s="5">
         <v>509</v>
       </c>
       <c r="E32" s="5">
         <v>497</v>
       </c>
       <c r="F32" s="5">
         <v>505</v>
       </c>
       <c r="G32" s="5">
         <v>502</v>
       </c>
       <c r="H32" s="5">
         <v>483</v>
       </c>
       <c r="I32" s="5">
@@ -3023,233 +3026,233 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>129</v>
+        <v>110</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="F35" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="G35" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="G35" s="7" t="s">
+      <c r="H35" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="I35" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="I35" s="7" t="s">
+      <c r="J35" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="J35" s="7" t="s">
+      <c r="K35" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="K35" s="7" t="s">
+      <c r="L35" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="O35" s="7" t="s">
+      <c r="P35" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="V35" s="7" t="s">
+      <c r="W35" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="W35" s="7" t="s">
+      <c r="X35" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="AA35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB35" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="AC35" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="5">
+        <v>494</v>
+      </c>
+      <c r="D36" s="5">
         <v>501</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="5">
         <v>512</v>
       </c>
-      <c r="E36" s="5">
+      <c r="F36" s="5">
         <v>485</v>
       </c>
-      <c r="F36" s="5">
+      <c r="G36" s="5">
         <v>513</v>
       </c>
-      <c r="G36" s="5">
+      <c r="H36" s="5">
         <v>541</v>
       </c>
-      <c r="H36" s="5">
+      <c r="I36" s="5">
         <v>505</v>
       </c>
-      <c r="I36" s="5">
+      <c r="J36" s="5">
         <v>488</v>
       </c>
-      <c r="J36" s="5">
+      <c r="K36" s="5">
         <v>513</v>
       </c>
-      <c r="K36" s="5">
+      <c r="L36" s="5">
         <v>509</v>
       </c>
-      <c r="L36" s="5">
+      <c r="M36" s="5">
         <v>514</v>
       </c>
-      <c r="M36" s="5">
+      <c r="N36" s="5">
         <v>505</v>
       </c>
-      <c r="N36" s="5">
+      <c r="O36" s="5">
         <v>463</v>
       </c>
-      <c r="O36" s="5">
+      <c r="P36" s="5">
         <v>497</v>
       </c>
-      <c r="P36" s="5">
+      <c r="Q36" s="5">
         <v>477</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>444</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>419</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>409</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>397</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>407</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>420</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>402</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>425</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>438</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>435</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>448</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>423</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="AE36" s="4">
         <v>432</v>
       </c>
       <c r="AF36" s="4">
         <v>432</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="5">
         <v>120</v>
       </c>
       <c r="D37" s="5">
         <v>120</v>
       </c>
       <c r="E37" s="5">
         <v>120</v>
       </c>
       <c r="F37" s="5">
         <v>120</v>
       </c>
       <c r="G37" s="5">
@@ -3260,177 +3263,177 @@
       </c>
       <c r="I37" s="5">
         <v>120</v>
       </c>
       <c r="J37" s="5">
         <v>120</v>
       </c>
       <c r="K37" s="5">
         <v>120</v>
       </c>
       <c r="L37" s="5">
         <v>120</v>
       </c>
       <c r="M37" s="5">
         <v>120</v>
       </c>
       <c r="N37" s="5">
         <v>120</v>
       </c>
       <c r="O37" s="5">
         <v>120</v>
       </c>
       <c r="P37" s="5">
         <v>120</v>
       </c>
-      <c r="Q37" s="7">
-        <v>100</v>
+      <c r="Q37" s="5">
+        <v>120</v>
       </c>
       <c r="R37" s="7">
         <v>100</v>
       </c>
       <c r="S37" s="7">
         <v>100</v>
       </c>
       <c r="T37" s="7">
         <v>100</v>
       </c>
       <c r="U37" s="7">
         <v>100</v>
       </c>
       <c r="V37" s="7">
         <v>100</v>
       </c>
       <c r="W37" s="7">
         <v>100</v>
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
       <c r="Y37" s="7">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>93</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>69</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>75</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>76</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>78</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>80</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>81</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>82</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>83</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>84</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>106</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>60</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>107</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>64</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>89</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>3</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>4</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>5</v>
       </c>
       <c r="AD39" s="7" t="s">
         <v>6</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>7</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C40" s="5">
@@ -3599,144 +3602,144 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>10</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>11</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>13</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>16</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>25</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>28</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AC43" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="4">
         <v>418</v>
       </c>
       <c r="D44" s="4">
         <v>450</v>
       </c>
       <c r="E44" s="5">
         <v>524</v>
       </c>
       <c r="F44" s="5">
         <v>504</v>
       </c>
       <c r="G44" s="5">
         <v>510</v>
       </c>
       <c r="H44" s="5">
         <v>580</v>
       </c>
       <c r="I44" s="5">