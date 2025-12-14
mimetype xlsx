--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Výsledky hráčů družstva SKK Karlovy Vary  na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>Jiří Gabriško</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>9.11.2024</t>
@@ -110,62 +113,62 @@
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
-    <t>26.3.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Lubomír Martinek</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
@@ -390,53 +393,50 @@
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>5.9.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>29.2.2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -949,138 +949,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>459</v>
+      </c>
+      <c r="D4" s="4">
         <v>462</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>470</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>441</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>482</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>459</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>491</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>436</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>453</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>466</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>413</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>477</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>501</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>517</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>474</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>449</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>523</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>519</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>474</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>482</v>
       </c>
-      <c r="V4" s="5">
+      <c r="W4" s="5">
         <v>348</v>
       </c>
-      <c r="W4" s="5">
+      <c r="X4" s="5">
         <v>378</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>443</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>367</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>442</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>428</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>401</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>403</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>415</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1100,275 +1100,275 @@
       </c>
       <c r="N5" s="4">
         <v>120</v>
       </c>
       <c r="O5" s="4">
         <v>120</v>
       </c>
       <c r="P5" s="4">
         <v>120</v>
       </c>
       <c r="Q5" s="4">
         <v>120</v>
       </c>
       <c r="R5" s="4">
         <v>120</v>
       </c>
       <c r="S5" s="4">
         <v>120</v>
       </c>
       <c r="T5" s="4">
         <v>120</v>
       </c>
       <c r="U5" s="4">
         <v>120</v>
       </c>
-      <c r="V5" s="7">
-        <v>100</v>
+      <c r="V5" s="4">
+        <v>120</v>
       </c>
       <c r="W5" s="7">
         <v>100</v>
       </c>
       <c r="X5" s="7">
         <v>100</v>
       </c>
       <c r="Y5" s="7">
         <v>100</v>
       </c>
       <c r="Z5" s="7">
         <v>100</v>
       </c>
       <c r="AA5" s="7">
         <v>100</v>
       </c>
       <c r="AB5" s="7">
         <v>100</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="K7" s="7" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="L7" s="7" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N7" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="P7" s="7" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="Q7" s="7" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="AA7" s="7" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="AB7" s="7" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AD7" s="7" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>535</v>
+      </c>
+      <c r="D8" s="4">
         <v>526</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>478</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>505</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>525</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>534</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>503</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>504</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>502</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>524</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>538</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="O8" s="4">
         <v>515</v>
       </c>
       <c r="P8" s="4">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="Q8" s="4">
         <v>519</v>
       </c>
       <c r="R8" s="4">
+        <v>519</v>
+      </c>
+      <c r="S8" s="4">
         <v>496</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>521</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>513</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>494</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>514</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>522</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>509</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>517</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>520</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>508</v>
       </c>
-      <c r="AB8" s="5">
+      <c r="AC8" s="5">
         <v>388</v>
       </c>
-      <c r="AC8" s="5">
+      <c r="AD8" s="5">
         <v>422</v>
       </c>
-      <c r="AD8" s="5">
+      <c r="AE8" s="5">
         <v>425</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1406,257 +1406,257 @@
       </c>
       <c r="T9" s="4">
         <v>120</v>
       </c>
       <c r="U9" s="4">
         <v>120</v>
       </c>
       <c r="V9" s="4">
         <v>120</v>
       </c>
       <c r="W9" s="4">
         <v>120</v>
       </c>
       <c r="X9" s="4">
         <v>120</v>
       </c>
       <c r="Y9" s="4">
         <v>120</v>
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
-      <c r="AB9" s="7">
-        <v>100</v>
+      <c r="AB9" s="4">
+        <v>120</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
       <c r="AE9" s="7">
         <v>100</v>
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K11" s="7" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="X11" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Y11" s="7" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="AA11" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AB11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF11" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>465</v>
+      </c>
+      <c r="D12" s="4">
         <v>512</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>474</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>459</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>491</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>532</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>506</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>493</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>508</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>518</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>510</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>497</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>494</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>482</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>496</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>506</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>523</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>506</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>482</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>506</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>468</v>
       </c>
-      <c r="W12" s="5">
+      <c r="X12" s="5">
         <v>428</v>
       </c>
-      <c r="X12" s="5">
+      <c r="Y12" s="5">
         <v>426</v>
       </c>
-      <c r="Y12" s="5">
+      <c r="Z12" s="5">
         <v>381</v>
       </c>
-      <c r="Z12" s="5">
+      <c r="AA12" s="5">
         <v>430</v>
       </c>
-      <c r="AA12" s="5">
+      <c r="AB12" s="5">
         <v>401</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>439</v>
       </c>
-      <c r="AC12" s="5">
+      <c r="AD12" s="5">
         <v>392</v>
       </c>
-      <c r="AD12" s="5">
+      <c r="AE12" s="5">
         <v>388</v>
       </c>
-      <c r="AE12" s="5">
+      <c r="AF12" s="5">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1679,272 +1679,272 @@
       </c>
       <c r="O13" s="4">
         <v>120</v>
       </c>
       <c r="P13" s="4">
         <v>120</v>
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
       <c r="V13" s="4">
         <v>120</v>
       </c>
-      <c r="W13" s="7">
-        <v>100</v>
+      <c r="W13" s="4">
+        <v>120</v>
       </c>
       <c r="X13" s="7">
         <v>100</v>
       </c>
       <c r="Y13" s="7">
         <v>100</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>37</v>
+        <v>5</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>39</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>43</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="Q15" s="7" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>49</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>50</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="Y15" s="7" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AF15" s="7" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>513</v>
+      </c>
+      <c r="D16" s="4">
         <v>515</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>519</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>518</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>513</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>510</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>511</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>520</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>562</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>567</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>547</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>514</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>506</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>542</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>508</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>519</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>546</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>498</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>531</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>526</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>490</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>500</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>524</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>414</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>413</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>441</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>466</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>443</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>434</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1973,171 +1973,171 @@
       </c>
       <c r="Q17" s="4">
         <v>120</v>
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
       <c r="S17" s="4">
         <v>120</v>
       </c>
       <c r="T17" s="4">
         <v>120</v>
       </c>
       <c r="U17" s="4">
         <v>120</v>
       </c>
       <c r="V17" s="4">
         <v>120</v>
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
-      <c r="Y17" s="7">
-        <v>100</v>
+      <c r="Y17" s="4">
+        <v>120</v>
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AD19" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
         <v>437</v>
       </c>
       <c r="D20" s="5">
         <v>403</v>
       </c>
       <c r="E20" s="5">
         <v>465</v>
       </c>
       <c r="F20" s="5">
         <v>419</v>
       </c>
       <c r="G20" s="5">
         <v>427</v>
       </c>
       <c r="H20" s="5">
         <v>423</v>
       </c>
       <c r="I20" s="5">
@@ -2288,144 +2288,144 @@
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>385</v>
       </c>
       <c r="D24" s="5">
         <v>449</v>
       </c>
       <c r="E24" s="5">
         <v>435</v>
       </c>
       <c r="F24" s="5">
         <v>441</v>
       </c>
       <c r="G24" s="5">
         <v>432</v>
       </c>
       <c r="H24" s="5">
         <v>447</v>
       </c>
       <c r="I24" s="5">
@@ -2576,144 +2576,144 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>543</v>
       </c>
       <c r="D28" s="4">
         <v>527</v>
       </c>
       <c r="E28" s="4">
         <v>558</v>
       </c>
       <c r="F28" s="4">
         <v>618</v>
       </c>
       <c r="G28" s="4">
         <v>570</v>
       </c>
       <c r="H28" s="4">
         <v>594</v>
       </c>
       <c r="I28" s="4">
@@ -2864,239 +2864,239 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>59</v>
+        <v>7</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>103</v>
+        <v>64</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>104</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>107</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>110</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>111</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>114</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>115</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>116</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>117</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>118</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>119</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>120</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>121</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>122</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>123</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>124</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>125</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>531</v>
+      </c>
+      <c r="D32" s="4">
         <v>579</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>545</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>495</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="H32" s="4">
         <v>515</v>
       </c>
       <c r="I32" s="4">
+        <v>515</v>
+      </c>
+      <c r="J32" s="4">
         <v>535</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>525</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>519</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>543</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>510</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>500</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>533</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>514</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>529</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>555</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>509</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>534</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>530</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>552</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>566</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>545</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>571</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>554</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>550</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="AD32" s="4">
         <v>542</v>
       </c>
       <c r="AE32" s="4">
+        <v>542</v>
+      </c>
+      <c r="AF32" s="4">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">