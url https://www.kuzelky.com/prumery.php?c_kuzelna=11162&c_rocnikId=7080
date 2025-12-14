--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Výsledky hráčů družstva Slovan K.Vary B na kuželně Karlovy Vary</t>
   </si>
   <si>
     <t>Daniela Stašová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -110,66 +113,66 @@
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>2.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Robert Žalud</t>
+  </si>
+  <si>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>25.10.2025</t>
+  </si>
+  <si>
     <t>27.11.2021</t>
-  </si>
-[...13 lines deleted...]
-    <t>25.10.2025</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>9.3.2019</t>
   </si>
@@ -805,51 +808,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="AD65" sqref="AD65"/>
+      <selection activeCell="AE65" sqref="AE65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
@@ -922,138 +925,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>549</v>
+      </c>
+      <c r="D4" s="4">
         <v>523</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>519</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>538</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>536</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>521</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>519</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>506</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>520</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>489</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>521</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>494</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>506</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>525</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>527</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>509</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>481</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>515</v>
       </c>
-      <c r="T4" s="5">
+      <c r="U4" s="5">
         <v>416</v>
       </c>
-      <c r="U4" s="5">
+      <c r="V4" s="5">
         <v>413</v>
       </c>
-      <c r="V4" s="5">
+      <c r="W4" s="5">
         <v>416</v>
       </c>
-      <c r="W4" s="5">
+      <c r="X4" s="5">
         <v>419</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>432</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>426</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>430</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>429</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>419</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>445</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>442</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1067,265 +1070,271 @@
       </c>
       <c r="L5" s="4">
         <v>120</v>
       </c>
       <c r="M5" s="4">
         <v>120</v>
       </c>
       <c r="N5" s="4">
         <v>120</v>
       </c>
       <c r="O5" s="4">
         <v>120</v>
       </c>
       <c r="P5" s="4">
         <v>120</v>
       </c>
       <c r="Q5" s="4">
         <v>120</v>
       </c>
       <c r="R5" s="4">
         <v>120</v>
       </c>
       <c r="S5" s="4">
         <v>120</v>
       </c>
-      <c r="T5" s="7">
-        <v>100</v>
+      <c r="T5" s="4">
+        <v>120</v>
       </c>
       <c r="U5" s="7">
         <v>100</v>
       </c>
       <c r="V5" s="7">
         <v>100</v>
       </c>
       <c r="W5" s="7">
         <v>100</v>
       </c>
       <c r="X5" s="7">
         <v>100</v>
       </c>
       <c r="Y5" s="7">
         <v>100</v>
       </c>
       <c r="Z5" s="7">
         <v>100</v>
       </c>
       <c r="AA5" s="7">
         <v>100</v>
       </c>
       <c r="AB5" s="7">
         <v>100</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="7" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N7" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>53</v>
+      </c>
+      <c r="AA7" s="7" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>520</v>
+      </c>
+      <c r="D8" s="4">
         <v>485</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>512</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>518</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>474</v>
       </c>
-      <c r="G8" s="5">
+      <c r="H8" s="5">
         <v>389</v>
       </c>
-      <c r="H8" s="5">
+      <c r="I8" s="5">
         <v>387</v>
       </c>
-      <c r="I8" s="5">
+      <c r="J8" s="5">
         <v>437</v>
       </c>
-      <c r="J8" s="5">
+      <c r="K8" s="5">
         <v>424</v>
       </c>
-      <c r="K8" s="5">
+      <c r="L8" s="5">
         <v>401</v>
       </c>
-      <c r="L8" s="5">
+      <c r="M8" s="5">
         <v>385</v>
       </c>
-      <c r="M8" s="5">
+      <c r="N8" s="5">
         <v>428</v>
       </c>
-      <c r="N8" s="5">
+      <c r="O8" s="5">
         <v>457</v>
       </c>
-      <c r="O8" s="5">
+      <c r="P8" s="5">
         <v>385</v>
       </c>
-      <c r="P8" s="5">
+      <c r="Q8" s="5">
         <v>403</v>
       </c>
-      <c r="Q8" s="5">
+      <c r="R8" s="5">
         <v>400</v>
       </c>
-      <c r="R8" s="5">
+      <c r="S8" s="5">
         <v>415</v>
       </c>
-      <c r="S8" s="5">
+      <c r="T8" s="5">
         <v>399</v>
       </c>
-      <c r="T8" s="5">
+      <c r="U8" s="5">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="V8" s="5">
         <v>414</v>
       </c>
       <c r="W8" s="5">
+        <v>414</v>
+      </c>
+      <c r="X8" s="5">
         <v>438</v>
       </c>
-      <c r="X8" s="5">
+      <c r="Y8" s="5">
         <v>405</v>
       </c>
-      <c r="Y8" s="5">
+      <c r="Z8" s="5">
         <v>354</v>
       </c>
-      <c r="Z8" s="5">
+      <c r="AA8" s="5">
         <v>430</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
-      <c r="G9" s="7">
-        <v>100</v>
+      <c r="G9" s="4">
+        <v>120</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
         <v>100</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
@@ -1338,238 +1347,241 @@
       <c r="R9" s="7">
         <v>100</v>
       </c>
       <c r="S9" s="7">
         <v>100</v>
       </c>
       <c r="T9" s="7">
         <v>100</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
       <c r="X9" s="7">
         <v>100</v>
       </c>
       <c r="Y9" s="7">
         <v>100</v>
       </c>
       <c r="Z9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AA9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="7" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>22</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>24</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="X11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="Y11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Z11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="AA11" s="7" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="AB11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF11" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>494</v>
+      </c>
+      <c r="D12" s="4">
         <v>501</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>512</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>485</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>513</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>541</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>505</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>488</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>513</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>509</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>514</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>505</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>463</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>497</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>477</v>
       </c>
-      <c r="Q12" s="5">
+      <c r="R12" s="5">
         <v>444</v>
       </c>
-      <c r="R12" s="5">
+      <c r="S12" s="5">
         <v>419</v>
       </c>
-      <c r="S12" s="5">
+      <c r="T12" s="5">
         <v>409</v>
       </c>
-      <c r="T12" s="5">
+      <c r="U12" s="5">
         <v>397</v>
       </c>
-      <c r="U12" s="5">
+      <c r="V12" s="5">
         <v>407</v>
       </c>
-      <c r="V12" s="5">
+      <c r="W12" s="5">
         <v>420</v>
       </c>
-      <c r="W12" s="5">
+      <c r="X12" s="5">
         <v>402</v>
       </c>
-      <c r="X12" s="5">
+      <c r="Y12" s="5">
         <v>425</v>
       </c>
-      <c r="Y12" s="5">
+      <c r="Z12" s="5">
         <v>438</v>
       </c>
-      <c r="Z12" s="5">
+      <c r="AA12" s="5">
         <v>435</v>
       </c>
-      <c r="AA12" s="5">
+      <c r="AB12" s="5">
         <v>448</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>423</v>
       </c>
-      <c r="AC12" s="5">
+      <c r="AD12" s="5">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="AE12" s="5">
         <v>432</v>
       </c>
       <c r="AF12" s="5">
         <v>432</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
@@ -1580,195 +1592,195 @@
       </c>
       <c r="I13" s="4">
         <v>120</v>
       </c>
       <c r="J13" s="4">
         <v>120</v>
       </c>
       <c r="K13" s="4">
         <v>120</v>
       </c>
       <c r="L13" s="4">
         <v>120</v>
       </c>
       <c r="M13" s="4">
         <v>120</v>
       </c>
       <c r="N13" s="4">
         <v>120</v>
       </c>
       <c r="O13" s="4">
         <v>120</v>
       </c>
       <c r="P13" s="4">
         <v>120</v>
       </c>
-      <c r="Q13" s="7">
-        <v>100</v>
+      <c r="Q13" s="4">
+        <v>120</v>
       </c>
       <c r="R13" s="7">
         <v>100</v>
       </c>
       <c r="S13" s="7">
         <v>100</v>
       </c>
       <c r="T13" s="7">
         <v>100</v>
       </c>
       <c r="U13" s="7">
         <v>100</v>
       </c>
       <c r="V13" s="7">
         <v>100</v>
       </c>
       <c r="W13" s="7">
         <v>100</v>
       </c>
       <c r="X13" s="7">
         <v>100</v>
       </c>
       <c r="Y13" s="7">
         <v>100</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Q15" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V15" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y15" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AA15" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB15" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AD15" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AE15" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>515</v>
       </c>
       <c r="D16" s="4">
         <v>531</v>
       </c>
       <c r="E16" s="4">
         <v>501</v>
       </c>
       <c r="F16" s="4">
         <v>524</v>
       </c>
       <c r="G16" s="4">
         <v>564</v>
       </c>
       <c r="H16" s="4">
         <v>542</v>
       </c>
       <c r="I16" s="4">
@@ -1919,144 +1931,144 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AD19" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>461</v>
       </c>
       <c r="D20" s="4">
         <v>515</v>
       </c>
       <c r="E20" s="4">
         <v>526</v>
       </c>
       <c r="F20" s="5">
         <v>385</v>
       </c>
       <c r="G20" s="5">
         <v>441</v>
       </c>
       <c r="H20" s="5">
         <v>424</v>
       </c>
       <c r="I20" s="5">
@@ -2207,144 +2219,144 @@
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Y23" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA23" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>510</v>
       </c>
       <c r="D24" s="4">
         <v>527</v>
       </c>
       <c r="E24" s="4">
         <v>548</v>
       </c>
       <c r="F24" s="4">
         <v>526</v>
       </c>
       <c r="G24" s="4">
         <v>546</v>
       </c>
       <c r="H24" s="4">
         <v>499</v>
       </c>
       <c r="I24" s="4">
@@ -2495,239 +2507,239 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>95</v>
+        <v>7</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>7</v>
+        <v>96</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>13</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>14</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>96</v>
+        <v>58</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>486</v>
+      </c>
+      <c r="D28" s="4">
         <v>527</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>488</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>538</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>489</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>581</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>511</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>510</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>536</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>523</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>522</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>537</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>549</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>568</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>509</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="S28" s="4">
         <v>504</v>
       </c>
       <c r="T28" s="4">
+        <v>504</v>
+      </c>
+      <c r="U28" s="4">
         <v>531</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>501</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>530</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>532</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>563</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>532</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>417</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>439</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>431</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>427</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>379</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2759,263 +2771,263 @@
       </c>
       <c r="R29" s="4">
         <v>120</v>
       </c>
       <c r="S29" s="4">
         <v>120</v>
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
       <c r="Y29" s="4">
         <v>120</v>
       </c>
-      <c r="Z29" s="7">
-        <v>100</v>
+      <c r="Z29" s="4">
+        <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F31" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="F31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="7" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>14</v>
+        <v>99</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>99</v>
+        <v>67</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>18</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>23</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>533</v>
+      </c>
+      <c r="D32" s="4">
         <v>512</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>557</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>445</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>495</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>466</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>533</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="K32" s="4">
         <v>529</v>
       </c>
       <c r="L32" s="4">
+        <v>529</v>
+      </c>
+      <c r="M32" s="4">
         <v>588</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>510</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>507</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>504</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>506</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>498</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>517</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>507</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>503</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>483</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>495</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>524</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>496</v>
       </c>
-      <c r="Y32" s="5">
+      <c r="Z32" s="5">
         <v>434</v>
       </c>
-      <c r="Z32" s="5">
+      <c r="AA32" s="5">
         <v>468</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>452</v>
       </c>
-      <c r="AB32" s="5">
+      <c r="AC32" s="5">
         <v>431</v>
       </c>
-      <c r="AC32" s="5">
+      <c r="AD32" s="5">
         <v>436</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>421</v>
       </c>
-      <c r="AE32" s="5">
+      <c r="AF32" s="5">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3044,171 +3056,171 @@
       </c>
       <c r="Q33" s="4">
         <v>120</v>
       </c>
       <c r="R33" s="4">
         <v>120</v>
       </c>
       <c r="S33" s="4">
         <v>120</v>
       </c>
       <c r="T33" s="4">
         <v>120</v>
       </c>
       <c r="U33" s="4">
         <v>120</v>
       </c>
       <c r="V33" s="4">
         <v>120</v>
       </c>
       <c r="W33" s="4">
         <v>120</v>
       </c>
       <c r="X33" s="4">
         <v>120</v>
       </c>
-      <c r="Y33" s="7">
-        <v>100</v>
+      <c r="Y33" s="4">
+        <v>120</v>
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L35" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="T35" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="U35" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="X35" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Y35" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="AA35" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AB35" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>565</v>
       </c>
       <c r="D36" s="4">
         <v>534</v>
       </c>
       <c r="E36" s="4">
         <v>511</v>
       </c>
       <c r="F36" s="4">
         <v>574</v>
       </c>
       <c r="G36" s="4">
         <v>581</v>
       </c>
       <c r="H36" s="4">
         <v>544</v>
       </c>
       <c r="I36" s="4">
@@ -3359,120 +3371,120 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
         <v>339</v>
       </c>
       <c r="D40" s="5">
         <v>419</v>
       </c>
       <c r="E40" s="5">
         <v>355</v>
       </c>
       <c r="F40" s="5">
         <v>380</v>
       </c>
       <c r="G40" s="5">
         <v>412</v>
       </c>
       <c r="H40" s="5">
         <v>396</v>
       </c>
       <c r="I40" s="5">
@@ -3575,144 +3587,144 @@
       </c>
       <c r="R41" s="7">
         <v>100</v>
       </c>
       <c r="S41" s="7">
         <v>100</v>
       </c>
       <c r="T41" s="7">
         <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>100</v>
       </c>
       <c r="V41" s="7">
         <v>100</v>
       </c>
       <c r="W41" s="7">
         <v>100</v>
       </c>
       <c r="X41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AC43" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>464</v>
       </c>
       <c r="D44" s="4">
         <v>498</v>
       </c>
       <c r="E44" s="4">
         <v>513</v>
       </c>
       <c r="F44" s="4">
         <v>504</v>
       </c>
       <c r="G44" s="4">
         <v>511</v>
       </c>
       <c r="H44" s="4">
         <v>497</v>
       </c>
       <c r="I44" s="5">
@@ -3863,141 +3875,141 @@
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y47" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AE47" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>541</v>
       </c>
       <c r="D48" s="4">
         <v>529</v>
       </c>
       <c r="E48" s="4">
         <v>526</v>
       </c>
       <c r="F48" s="4">
         <v>532</v>
       </c>
       <c r="G48" s="4">
         <v>558</v>
       </c>
       <c r="H48" s="4">
         <v>504</v>
       </c>
       <c r="I48" s="4">
@@ -4142,117 +4154,117 @@
       </c>
       <c r="Y49" s="7">
         <v>100</v>
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>431</v>
       </c>
       <c r="D52" s="4">
         <v>466</v>
       </c>
       <c r="E52" s="4">
         <v>475</v>
       </c>
       <c r="F52" s="4">
         <v>496</v>
       </c>
       <c r="G52" s="4">
         <v>491</v>
       </c>
       <c r="H52" s="4">
         <v>478</v>
       </c>
       <c r="I52" s="4">
@@ -4349,105 +4361,105 @@
       </c>
       <c r="Q53" s="7">
         <v>100</v>
       </c>
       <c r="R53" s="7">
         <v>100</v>
       </c>
       <c r="S53" s="7">
         <v>100</v>
       </c>
       <c r="T53" s="7">
         <v>100</v>
       </c>
       <c r="U53" s="7">
         <v>100</v>
       </c>
       <c r="V53" s="7">
         <v>100</v>
       </c>
       <c r="W53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I55" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="5">
         <v>391</v>
       </c>
       <c r="D56" s="5">
         <v>429</v>
       </c>
       <c r="E56" s="5">
         <v>391</v>
       </c>
       <c r="F56" s="5">
         <v>390</v>
       </c>
       <c r="G56" s="5">
         <v>426</v>
       </c>
       <c r="H56" s="5">
         <v>416</v>
       </c>
       <c r="I56" s="5">
@@ -4520,379 +4532,394 @@
       </c>
       <c r="M57" s="7">
         <v>100</v>
       </c>
       <c r="N57" s="7">
         <v>100</v>
       </c>
       <c r="O57" s="7">
         <v>100</v>
       </c>
       <c r="P57" s="7">
         <v>100</v>
       </c>
       <c r="Q57" s="7">
         <v>100</v>
       </c>
       <c r="R57" s="7">
         <v>100</v>
       </c>
       <c r="S57" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D59" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H59" s="7" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="I59" s="7" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="J59" s="7" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="K59" s="7" t="s">
         <v>66</v>
       </c>
       <c r="L59" s="7" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="O59" s="7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="P59" s="7" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="Q59" s="7" t="s">
-        <v>62</v>
+        <v>26</v>
+      </c>
+      <c r="R59" s="7" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
+        <v>479</v>
+      </c>
+      <c r="D60" s="4">
         <v>486</v>
       </c>
-      <c r="D60" s="4">
+      <c r="E60" s="4">
         <v>508</v>
       </c>
-      <c r="E60" s="4">
+      <c r="F60" s="4">
         <v>444</v>
       </c>
-      <c r="F60" s="4">
+      <c r="G60" s="4">
         <v>478</v>
       </c>
-      <c r="G60" s="4">
+      <c r="H60" s="4">
         <v>464</v>
       </c>
-      <c r="H60" s="4">
+      <c r="I60" s="4">
         <v>486</v>
       </c>
-      <c r="I60" s="4">
+      <c r="J60" s="4">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="K60" s="5">
         <v>361</v>
       </c>
       <c r="L60" s="5">
+        <v>361</v>
+      </c>
+      <c r="M60" s="5">
         <v>354</v>
       </c>
-      <c r="M60" s="5">
+      <c r="N60" s="5">
         <v>352</v>
       </c>
-      <c r="N60" s="5">
+      <c r="O60" s="5">
         <v>364</v>
       </c>
-      <c r="O60" s="5">
+      <c r="P60" s="5">
         <v>348</v>
       </c>
-      <c r="P60" s="5">
+      <c r="Q60" s="5">
         <v>319</v>
       </c>
-      <c r="Q60" s="5">
+      <c r="R60" s="5">
         <v>327</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="B61" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C61" s="4">
         <v>120</v>
       </c>
       <c r="D61" s="4">
         <v>120</v>
       </c>
       <c r="E61" s="4">
         <v>120</v>
       </c>
       <c r="F61" s="4">
         <v>120</v>
       </c>
       <c r="G61" s="4">
         <v>120</v>
       </c>
       <c r="H61" s="4">
         <v>120</v>
       </c>
       <c r="I61" s="4">
         <v>120</v>
       </c>
-      <c r="J61" s="7">
-        <v>100</v>
+      <c r="J61" s="4">
+        <v>120</v>
       </c>
       <c r="K61" s="7">
         <v>100</v>
       </c>
       <c r="L61" s="7">
         <v>100</v>
       </c>
       <c r="M61" s="7">
         <v>100</v>
       </c>
       <c r="N61" s="7">
         <v>100</v>
       </c>
       <c r="O61" s="7">
         <v>100</v>
       </c>
       <c r="P61" s="7">
         <v>100</v>
       </c>
       <c r="Q61" s="7">
+        <v>100</v>
+      </c>
+      <c r="R61" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D63" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="G63" s="7" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I63" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="J63" s="7" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="K63" s="7" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="L63" s="7" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="M63" s="7" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="N63" s="7" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="O63" s="7" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="P63" s="7" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="Q63" s="7" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="R63" s="7" t="s">
-        <v>111</v>
+        <v>59</v>
       </c>
       <c r="S63" s="7" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="T63" s="7" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="U63" s="7" t="s">
         <v>23</v>
       </c>
       <c r="V63" s="7" t="s">
-        <v>112</v>
+        <v>24</v>
       </c>
       <c r="W63" s="7" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="X63" s="7" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="Y63" s="7" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="Z63" s="7" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="AA63" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="AB63" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AC63" s="7" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="AD63" s="7" t="s">
-        <v>63</v>
+        <v>108</v>
+      </c>
+      <c r="AE63" s="7" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="4">
+        <v>512</v>
+      </c>
+      <c r="D64" s="4">
         <v>538</v>
       </c>
-      <c r="D64" s="4">
+      <c r="E64" s="4">
         <v>517</v>
       </c>
-      <c r="E64" s="4">
+      <c r="F64" s="4">
         <v>566</v>
       </c>
-      <c r="F64" s="4">
+      <c r="G64" s="4">
         <v>524</v>
       </c>
-      <c r="G64" s="4">
+      <c r="H64" s="4">
         <v>495</v>
       </c>
-      <c r="H64" s="4">
+      <c r="I64" s="4">
         <v>475</v>
       </c>
-      <c r="I64" s="4">
+      <c r="J64" s="4">
         <v>501</v>
       </c>
-      <c r="J64" s="4">
+      <c r="K64" s="4">
         <v>539</v>
       </c>
-      <c r="K64" s="4">
+      <c r="L64" s="4">
         <v>492</v>
       </c>
-      <c r="L64" s="4">
+      <c r="M64" s="4">
         <v>509</v>
       </c>
-      <c r="M64" s="4">
+      <c r="N64" s="4">
         <v>528</v>
       </c>
-      <c r="N64" s="4">
+      <c r="O64" s="4">
         <v>496</v>
       </c>
-      <c r="O64" s="4">
+      <c r="P64" s="4">
         <v>516</v>
       </c>
-      <c r="P64" s="4">
+      <c r="Q64" s="4">
         <v>502</v>
       </c>
-      <c r="Q64" s="4">
+      <c r="R64" s="4">
         <v>482</v>
       </c>
-      <c r="R64" s="5">
+      <c r="S64" s="5">
         <v>400</v>
       </c>
-      <c r="S64" s="5">
+      <c r="T64" s="5">
         <v>375</v>
       </c>
-      <c r="T64" s="5">
+      <c r="U64" s="5">
         <v>414</v>
       </c>
-      <c r="U64" s="5">
+      <c r="V64" s="5">
         <v>410</v>
       </c>
-      <c r="V64" s="5">
+      <c r="W64" s="5">
         <v>425</v>
       </c>
-      <c r="W64" s="5">
+      <c r="X64" s="5">
         <v>408</v>
       </c>
-      <c r="X64" s="5">
+      <c r="Y64" s="5">
         <v>375</v>
       </c>
-      <c r="Y64" s="5">
+      <c r="Z64" s="5">
         <v>364</v>
       </c>
-      <c r="Z64" s="5">
+      <c r="AA64" s="5">
         <v>385</v>
       </c>
-      <c r="AA64" s="5">
+      <c r="AB64" s="5">
         <v>407</v>
       </c>
-      <c r="AB64" s="5">
+      <c r="AC64" s="5">
         <v>427</v>
       </c>
-      <c r="AC64" s="5">
+      <c r="AD64" s="5">
         <v>368</v>
       </c>
-      <c r="AD64" s="5">
+      <c r="AE64" s="5">
         <v>364</v>
       </c>
     </row>
     <row r="65" spans="1:32">
       <c r="B65" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C65" s="4">
         <v>120</v>
       </c>
       <c r="D65" s="4">
         <v>120</v>
       </c>
       <c r="E65" s="4">
         <v>120</v>
       </c>
       <c r="F65" s="4">
         <v>120</v>
       </c>
       <c r="G65" s="4">
         <v>120</v>
       </c>
       <c r="H65" s="4">
         <v>120</v>
       </c>
@@ -4901,87 +4928,90 @@
       </c>
       <c r="J65" s="4">
         <v>120</v>
       </c>
       <c r="K65" s="4">
         <v>120</v>
       </c>
       <c r="L65" s="4">
         <v>120</v>
       </c>
       <c r="M65" s="4">
         <v>120</v>
       </c>
       <c r="N65" s="4">
         <v>120</v>
       </c>
       <c r="O65" s="4">
         <v>120</v>
       </c>
       <c r="P65" s="4">
         <v>120</v>
       </c>
       <c r="Q65" s="4">
         <v>120</v>
       </c>
-      <c r="R65" s="7">
-        <v>100</v>
+      <c r="R65" s="4">
+        <v>120</v>
       </c>
       <c r="S65" s="7">
         <v>100</v>
       </c>
       <c r="T65" s="7">
         <v>100</v>
       </c>
       <c r="U65" s="7">
         <v>100</v>
       </c>
       <c r="V65" s="7">
         <v>100</v>
       </c>
       <c r="W65" s="7">
         <v>100</v>
       </c>
       <c r="X65" s="7">
         <v>100</v>
       </c>
       <c r="Y65" s="7">
         <v>100</v>
       </c>
       <c r="Z65" s="7">
         <v>100</v>
       </c>
       <c r="AA65" s="7">
         <v>100</v>
       </c>
       <c r="AB65" s="7">
         <v>100</v>
       </c>
       <c r="AC65" s="7">
         <v>100</v>
       </c>
       <c r="AD65" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE65" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>