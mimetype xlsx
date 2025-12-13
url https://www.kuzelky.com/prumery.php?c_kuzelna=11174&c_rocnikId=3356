--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -224,50 +224,53 @@
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>29.11.2023</t>
   </si>
   <si>
     <t>5.10.2022</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>15.11.2019</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
   <si>
     <t>Dalibor Ksandr</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
@@ -297,53 +300,50 @@
     <t>10.11.2023</t>
   </si>
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>14.4.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.4.2022</t>
   </si>
   <si>
     <t>Ilona Sýkorová</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>24.9.2025</t>
   </si>
   <si>
     <t>Martin Holakovský</t>
   </si>
   <si>
     <t>15.2.2019</t>
   </si>
   <si>
     <t>7.4.2018</t>
   </si>
   <si>
     <t>10.3.2018</t>
   </si>
   <si>
     <t>2.12.2017</t>
   </si>
@@ -2138,286 +2138,286 @@
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E19" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="J19" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="R19" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>93</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>94</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>477</v>
+      </c>
+      <c r="D20" s="4">
         <v>458</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>464</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>488</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>484</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>448</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>591</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>478</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>434</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>477</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>460</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>467</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>453</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>468</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>461</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>475</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>489</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>582</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>489</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>458</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>407</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>484</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>434</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>458</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>468</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="AC20" s="4">
         <v>437</v>
       </c>
       <c r="AD20" s="4">
+        <v>437</v>
+      </c>
+      <c r="AE20" s="4">
         <v>440</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
-      <c r="H21" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H21" s="6">
+        <v>100</v>
+      </c>
+      <c r="I21" s="7">
+        <v>120</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
       <c r="M21" s="6">
         <v>100</v>
       </c>
       <c r="N21" s="6">
         <v>100</v>
       </c>
       <c r="O21" s="6">
         <v>100</v>
       </c>
       <c r="P21" s="6">
         <v>100</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
-      <c r="S21" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="S21" s="6">
+        <v>100</v>
+      </c>
+      <c r="T21" s="7">
+        <v>120</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
@@ -3308,81 +3308,81 @@
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>131</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>133</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>134</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>135</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>136</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>137</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>139</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>140</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>141</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>142</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>143</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>144</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>145</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>146</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>147</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>148</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>149</v>
       </c>
@@ -3593,132 +3593,132 @@
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
       <c r="AE41" s="7">
         <v>120</v>
       </c>
       <c r="AF41" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>160</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>161</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>62</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>162</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>163</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>164</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>165</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>166</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>167</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>168</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>149</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>450</v>
       </c>
       <c r="D44" s="4">
         <v>473</v>
       </c>
       <c r="E44" s="4">
         <v>446</v>
       </c>
       <c r="F44" s="4">
         <v>438</v>
       </c>
       <c r="G44" s="4">
         <v>445</v>
       </c>
       <c r="H44" s="4">