--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Výsledky hráčů družstva TJ Start Rychnov n. Kn. na kuželně Rychnov nad Kněžnou</t>
   </si>
   <si>
     <t>Oldřich Krsek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>26.3.2025</t>
   </si>
   <si>
     <t>12.3.2025</t>
   </si>
   <si>
     <t>26.2.2025</t>
   </si>
   <si>
     <t>19.2.2025</t>
   </si>
   <si>
@@ -287,50 +287,53 @@
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>Roman Kindl</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
@@ -356,57 +359,57 @@
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>Jakub Seniura</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
+    <t>Vojtěch Šípek</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
     <t>25.9.2021</t>
-  </si>
-[...4 lines deleted...]
-    <t>20.11.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>Martin Čihák</t>
   </si>
   <si>
     <t>Petr Gálus</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>Ladislav Urbánek</t>
   </si>
@@ -1781,221 +1784,221 @@
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>91</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>94</v>
       </c>
       <c r="G15" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>98</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>99</v>
       </c>
       <c r="M15" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="N15" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="N15" s="7" t="s">
+      <c r="O15" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="O15" s="7" t="s">
+      <c r="P15" s="7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>101</v>
       </c>
       <c r="R15" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="S15" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="S15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="U15" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="W15" s="7" t="s">
+      <c r="X15" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="X15" s="7" t="s">
+      <c r="Y15" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="Z15" s="7" t="s">
+      <c r="AA15" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="AA15" s="7" t="s">
+      <c r="AB15" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AB15" s="7" t="s">
+      <c r="AC15" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AC15" s="7" t="s">
+      <c r="AD15" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="AD15" s="7" t="s">
+      <c r="AE15" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="AE15" s="7" t="s">
+      <c r="AF15" s="7" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
+        <v>600</v>
+      </c>
+      <c r="D16" s="5">
         <v>586</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>594</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>553</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>556</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>563</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>591</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>543</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>564</v>
       </c>
-      <c r="K16" s="5">
+      <c r="L16" s="5">
         <v>568</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>563</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>569</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>584</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>588</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>541</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>528</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>589</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>545</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>544</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>566</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>578</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>567</v>
       </c>
-      <c r="X16" s="5">
+      <c r="Y16" s="5">
         <v>565</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>615</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>527</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>541</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>600</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>589</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>520</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>120</v>
       </c>
       <c r="D17" s="5">
         <v>120</v>
       </c>
       <c r="E17" s="5">
         <v>120</v>
       </c>
       <c r="F17" s="5">
         <v>120</v>
       </c>
       <c r="G17" s="5">
         <v>120</v>
       </c>
       <c r="H17" s="5">
         <v>120</v>
       </c>
       <c r="I17" s="5">
@@ -2051,144 +2054,144 @@
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="5">
         <v>120</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>40</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>10</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>43</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>44</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>46</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>48</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>50</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>51</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>52</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>53</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>55</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AE19" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AF19" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>423</v>
       </c>
       <c r="D20" s="4">
         <v>455</v>
       </c>
       <c r="E20" s="4">
         <v>476</v>
       </c>
       <c r="F20" s="4">
         <v>424</v>
       </c>
       <c r="G20" s="4">
         <v>458</v>
       </c>
       <c r="H20" s="4">
         <v>429</v>
       </c>
       <c r="I20" s="4">
@@ -2339,239 +2342,239 @@
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>93</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>94</v>
       </c>
       <c r="G23" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="H23" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="H23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I23" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J23" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="K23" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="K23" s="7" t="s">
+      <c r="L23" s="7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>101</v>
       </c>
       <c r="N23" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="O23" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="O23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P23" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q23" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="S23" s="7" t="s">
+      <c r="T23" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="T23" s="7" t="s">
+      <c r="U23" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>111</v>
       </c>
       <c r="AA23" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB23" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="AB23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC23" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="AD23" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="AD23" s="7" t="s">
+      <c r="AE23" s="7" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
+        <v>524</v>
+      </c>
+      <c r="D24" s="5">
         <v>550</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>577</v>
       </c>
-      <c r="E24" s="5">
+      <c r="F24" s="5">
         <v>558</v>
       </c>
-      <c r="F24" s="5">
+      <c r="G24" s="5">
         <v>584</v>
       </c>
-      <c r="G24" s="5">
+      <c r="H24" s="5">
         <v>552</v>
       </c>
-      <c r="H24" s="5">
+      <c r="I24" s="5">
         <v>538</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>608</v>
       </c>
-      <c r="J24" s="5">
+      <c r="K24" s="5">
         <v>577</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>550</v>
       </c>
-      <c r="L24" s="5">
+      <c r="M24" s="5">
         <v>596</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>562</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>581</v>
       </c>
-      <c r="O24" s="5">
+      <c r="P24" s="5">
         <v>526</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>513</v>
       </c>
-      <c r="Q24" s="5">
+      <c r="R24" s="5">
         <v>582</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>572</v>
       </c>
-      <c r="S24" s="5">
+      <c r="T24" s="5">
         <v>577</v>
       </c>
-      <c r="T24" s="5">
+      <c r="U24" s="5">
         <v>562</v>
       </c>
-      <c r="U24" s="5">
+      <c r="V24" s="5">
         <v>539</v>
       </c>
-      <c r="V24" s="5">
+      <c r="W24" s="5">
         <v>551</v>
       </c>
-      <c r="W24" s="5">
+      <c r="X24" s="5">
         <v>555</v>
       </c>
-      <c r="X24" s="5">
+      <c r="Y24" s="5">
         <v>544</v>
       </c>
-      <c r="Y24" s="5">
+      <c r="Z24" s="5">
         <v>562</v>
       </c>
-      <c r="Z24" s="5">
+      <c r="AA24" s="5">
         <v>528</v>
       </c>
-      <c r="AA24" s="5">
+      <c r="AB24" s="5">
         <v>548</v>
       </c>
-      <c r="AB24" s="5">
+      <c r="AC24" s="5">
         <v>511</v>
       </c>
-      <c r="AC24" s="5">
+      <c r="AD24" s="5">
         <v>519</v>
       </c>
-      <c r="AD24" s="5">
+      <c r="AE24" s="5">
         <v>511</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="5">
         <v>120</v>
       </c>
       <c r="D25" s="5">
         <v>120</v>
       </c>
       <c r="E25" s="5">
         <v>120</v>
       </c>
       <c r="F25" s="5">
         <v>120</v>
       </c>
       <c r="G25" s="5">
         <v>120</v>
       </c>
       <c r="H25" s="5">
         <v>120</v>
       </c>
       <c r="I25" s="5">
@@ -2633,138 +2636,138 @@
       </c>
       <c r="AB25" s="5">
         <v>120</v>
       </c>
       <c r="AC25" s="5">
         <v>120</v>
       </c>
       <c r="AD25" s="5">
         <v>120</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>66</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>73</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>74</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>76</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>77</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>78</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>28</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>80</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>83</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>84</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>85</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>89</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>116</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>560</v>
       </c>
       <c r="D28" s="5">
         <v>526</v>
       </c>
       <c r="E28" s="5">
         <v>604</v>
       </c>
       <c r="F28" s="5">
         <v>537</v>
       </c>
       <c r="G28" s="5">
         <v>546</v>
       </c>
       <c r="H28" s="5">
         <v>558</v>
       </c>
       <c r="I28" s="5">
@@ -2915,239 +2918,239 @@
       </c>
       <c r="Z29" s="5">
         <v>120</v>
       </c>
       <c r="AA29" s="5">
         <v>120</v>
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>91</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>109</v>
+        <v>92</v>
       </c>
       <c r="E31" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="F31" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="F31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="H31" s="7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>97</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>98</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>99</v>
       </c>
       <c r="L31" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="M31" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>101</v>
       </c>
       <c r="R31" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="S31" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="S31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T31" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="U31" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="Y31" s="7" t="s">
+      <c r="Z31" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="Z31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="AA31" s="7" t="s">
+      <c r="AB31" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="AB31" s="7" t="s">
+      <c r="AC31" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AC31" s="7" t="s">
+      <c r="AD31" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AD31" s="7" t="s">
+      <c r="AE31" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="AE31" s="7" t="s">
+      <c r="AF31" s="7" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
+        <v>581</v>
+      </c>
+      <c r="D32" s="5">
         <v>553</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>582</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>566</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>568</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>558</v>
       </c>
-      <c r="H32" s="5">
+      <c r="I32" s="5">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="J32" s="5">
         <v>577</v>
       </c>
       <c r="K32" s="5">
+        <v>577</v>
+      </c>
+      <c r="L32" s="5">
         <v>581</v>
       </c>
-      <c r="L32" s="5">
+      <c r="M32" s="5">
         <v>599</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>531</v>
       </c>
-      <c r="N32" s="5">
+      <c r="O32" s="5">
         <v>563</v>
       </c>
-      <c r="O32" s="5">
+      <c r="P32" s="5">
         <v>562</v>
       </c>
-      <c r="P32" s="5">
+      <c r="Q32" s="5">
         <v>615</v>
       </c>
-      <c r="Q32" s="5">
+      <c r="R32" s="5">
         <v>586</v>
       </c>
-      <c r="R32" s="5">
+      <c r="S32" s="5">
         <v>545</v>
       </c>
-      <c r="S32" s="5">
+      <c r="T32" s="5">
         <v>571</v>
       </c>
-      <c r="T32" s="5">
+      <c r="U32" s="5">
         <v>562</v>
       </c>
-      <c r="U32" s="5">
+      <c r="V32" s="5">
         <v>592</v>
       </c>
-      <c r="V32" s="5">
+      <c r="W32" s="5">
         <v>551</v>
       </c>
-      <c r="W32" s="5">
+      <c r="X32" s="5">
         <v>571</v>
       </c>
-      <c r="X32" s="5">
+      <c r="Y32" s="5">
         <v>590</v>
       </c>
-      <c r="Y32" s="5">
+      <c r="Z32" s="5">
         <v>575</v>
       </c>
-      <c r="Z32" s="5">
+      <c r="AA32" s="5">
         <v>561</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>579</v>
       </c>
-      <c r="AB32" s="5">
+      <c r="AC32" s="5">
         <v>598</v>
       </c>
-      <c r="AC32" s="5">
+      <c r="AD32" s="5">
         <v>530</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>555</v>
       </c>
-      <c r="AE32" s="5">
+      <c r="AF32" s="5">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="5">
         <v>120</v>
       </c>
       <c r="D33" s="5">
         <v>120</v>
       </c>
       <c r="E33" s="5">
         <v>120</v>
       </c>
       <c r="F33" s="5">
         <v>120</v>
       </c>
       <c r="G33" s="5">
         <v>120</v>
       </c>
       <c r="H33" s="5">
         <v>120</v>
       </c>
       <c r="I33" s="5">
@@ -3203,117 +3206,117 @@
       </c>
       <c r="Z33" s="5">
         <v>120</v>
       </c>
       <c r="AA33" s="5">
         <v>120</v>
       </c>
       <c r="AB33" s="5">
         <v>120</v>
       </c>
       <c r="AC33" s="5">
         <v>120</v>
       </c>
       <c r="AD33" s="5">
         <v>120</v>
       </c>
       <c r="AE33" s="5">
         <v>120</v>
       </c>
       <c r="AF33" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>38</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>42</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>43</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>45</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>48</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>19</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>49</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>50</v>
       </c>
       <c r="W35" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>51</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>23</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>78</v>
       </c>
@@ -3491,138 +3494,138 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="5">
         <v>120</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>68</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>69</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>70</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>71</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>72</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>56</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>58</v>
       </c>
       <c r="T39" s="7" t="s">
         <v>78</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>79</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>80</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>81</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>82</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>83</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="5">
         <v>548</v>
       </c>
       <c r="D40" s="5">
         <v>569</v>
       </c>
       <c r="E40" s="5">
         <v>525</v>
       </c>
       <c r="F40" s="5">
         <v>558</v>
       </c>
       <c r="G40" s="5">
@@ -3779,144 +3782,144 @@
       </c>
       <c r="Z41" s="5">
         <v>120</v>
       </c>
       <c r="AA41" s="5">
         <v>120</v>
       </c>
       <c r="AB41" s="5">
         <v>120</v>
       </c>
       <c r="AC41" s="5">
         <v>120</v>
       </c>
       <c r="AD41" s="5">
         <v>120</v>
       </c>
       <c r="AE41" s="5">
         <v>120</v>
       </c>
       <c r="AF41" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>65</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>41</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>42</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>43</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>45</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="S43" s="7" t="s">
         <v>48</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>19</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>49</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>51</v>
       </c>
       <c r="W43" s="7" t="s">
         <v>55</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>61</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>450</v>
       </c>
       <c r="D44" s="4">
         <v>473</v>
       </c>
       <c r="E44" s="4">
         <v>446</v>
       </c>
       <c r="F44" s="4">
         <v>438</v>
       </c>
       <c r="G44" s="4">
         <v>445</v>
       </c>
       <c r="H44" s="4">
         <v>435</v>
       </c>
       <c r="I44" s="4">
@@ -4067,138 +4070,138 @@
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="5">
         <v>120</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>47</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>19</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>54</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>55</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>57</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>60</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>61</v>
       </c>
       <c r="M47" s="7" t="s">
         <v>62</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>82</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Y47" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>445</v>
       </c>
       <c r="D48" s="4">
         <v>419</v>
       </c>
       <c r="E48" s="4">
         <v>435</v>
       </c>
       <c r="F48" s="4">
         <v>459</v>
       </c>
       <c r="G48" s="4">
         <v>445</v>
       </c>
       <c r="H48" s="4">
         <v>431</v>
       </c>
       <c r="I48" s="4">
@@ -4337,144 +4340,144 @@
       </c>
       <c r="X49" s="7">
         <v>100</v>
       </c>
       <c r="Y49" s="7">
         <v>100</v>
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>64</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>65</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>48</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>50</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>51</v>
       </c>
       <c r="N51" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O51" s="7" t="s">
         <v>23</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>54</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>55</v>
       </c>
       <c r="S51" s="7" t="s">
         <v>57</v>
       </c>
       <c r="T51" s="7" t="s">
         <v>59</v>
       </c>
       <c r="U51" s="7" t="s">
         <v>60</v>
       </c>
       <c r="V51" s="7" t="s">
         <v>79</v>
       </c>
       <c r="W51" s="7" t="s">
         <v>61</v>
       </c>
       <c r="X51" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Y51" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Z51" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AA51" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AB51" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AC51" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AD51" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AE51" s="7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AF51" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>471</v>
       </c>
       <c r="D52" s="4">
         <v>469</v>
       </c>
       <c r="E52" s="4">
         <v>525</v>
       </c>
       <c r="F52" s="4">
         <v>450</v>
       </c>
       <c r="G52" s="4">
         <v>464</v>
       </c>
       <c r="H52" s="4">
         <v>469</v>
       </c>
       <c r="I52" s="4">