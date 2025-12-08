--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -817,51 +817,51 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
-        <v>0</v>
+        <v>458</v>
       </c>
       <c r="D4" s="4">
         <v>457</v>
       </c>
       <c r="E4" s="4">
         <v>455</v>
       </c>
       <c r="F4" s="4">
         <v>460</v>
       </c>
       <c r="G4" s="4">
         <v>413</v>
       </c>
       <c r="H4" s="4">
         <v>420</v>
       </c>
       <c r="I4" s="4">
         <v>471</v>
       </c>
       <c r="J4" s="4">
         <v>474</v>
       </c>
       <c r="K4" s="4">
         <v>474</v>
       </c>
@@ -1852,51 +1852,51 @@
       </c>
       <c r="AA23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
-        <v>0</v>
+        <v>385</v>
       </c>
       <c r="D24" s="4">
         <v>405</v>
       </c>
       <c r="E24" s="4">
         <v>409</v>
       </c>
       <c r="F24" s="4">
         <v>373</v>
       </c>
       <c r="G24" s="4">
         <v>431</v>
       </c>
       <c r="H24" s="4">
         <v>404</v>
       </c>
       <c r="I24" s="4">
         <v>431</v>
       </c>
       <c r="J24" s="4">
         <v>390</v>
       </c>
       <c r="K24" s="4">
         <v>432</v>
       </c>
@@ -2068,51 +2068,51 @@
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
-        <v>0</v>
+        <v>393</v>
       </c>
       <c r="D28" s="4">
         <v>383</v>
       </c>
       <c r="E28" s="4">
         <v>396</v>
       </c>
       <c r="F28" s="4">
         <v>406</v>
       </c>
       <c r="G28" s="4">
         <v>394</v>
       </c>
       <c r="H28" s="4">
         <v>415</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
@@ -2554,51 +2554,51 @@
       </c>
       <c r="AA39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
-        <v>0</v>
+        <v>448</v>
       </c>
       <c r="D40" s="4">
         <v>434</v>
       </c>
       <c r="E40" s="4">
         <v>438</v>
       </c>
       <c r="F40" s="4">
         <v>424</v>
       </c>
       <c r="G40" s="4">
         <v>387</v>
       </c>
       <c r="H40" s="4">
         <v>424</v>
       </c>
       <c r="I40" s="4">
         <v>456</v>
       </c>
       <c r="J40" s="4">
         <v>409</v>
       </c>
       <c r="K40" s="4">
         <v>433</v>
       </c>