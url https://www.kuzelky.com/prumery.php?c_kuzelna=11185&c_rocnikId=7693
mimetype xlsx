--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -796,51 +796,51 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
-        <v>0</v>
+        <v>458</v>
       </c>
       <c r="D4" s="4">
         <v>457</v>
       </c>
       <c r="E4" s="4">
         <v>455</v>
       </c>
       <c r="F4" s="4">
         <v>460</v>
       </c>
       <c r="G4" s="4">
         <v>413</v>
       </c>
       <c r="H4" s="4">
         <v>420</v>
       </c>
       <c r="I4" s="4">
         <v>471</v>
       </c>
       <c r="J4" s="4">
         <v>474</v>
       </c>
       <c r="K4" s="4">
         <v>474</v>
       </c>
@@ -1687,51 +1687,51 @@
       </c>
       <c r="AA19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
-        <v>0</v>
+        <v>385</v>
       </c>
       <c r="D20" s="4">
         <v>405</v>
       </c>
       <c r="E20" s="4">
         <v>409</v>
       </c>
       <c r="F20" s="4">
         <v>373</v>
       </c>
       <c r="G20" s="4">
         <v>431</v>
       </c>
       <c r="H20" s="4">
         <v>404</v>
       </c>
       <c r="I20" s="4">
         <v>431</v>
       </c>
       <c r="J20" s="4">
         <v>390</v>
       </c>
       <c r="K20" s="4">
         <v>432</v>
       </c>
@@ -1903,51 +1903,51 @@
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
-        <v>0</v>
+        <v>393</v>
       </c>
       <c r="D24" s="4">
         <v>383</v>
       </c>
       <c r="E24" s="4">
         <v>396</v>
       </c>
       <c r="F24" s="4">
         <v>406</v>
       </c>
       <c r="G24" s="4">
         <v>394</v>
       </c>
       <c r="H24" s="4">
         <v>415</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
@@ -2920,51 +2920,51 @@
       </c>
       <c r="AA47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
-        <v>0</v>
+        <v>413</v>
       </c>
       <c r="D48" s="4">
         <v>424</v>
       </c>
       <c r="E48" s="4">
         <v>389</v>
       </c>
       <c r="F48" s="4">
         <v>421</v>
       </c>
       <c r="G48" s="4">
         <v>423</v>
       </c>
       <c r="H48" s="4">
         <v>435</v>
       </c>
       <c r="I48" s="4">
         <v>419</v>
       </c>
       <c r="J48" s="4">
         <v>406</v>
       </c>
       <c r="K48" s="4">
         <v>423</v>
       </c>