--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Výsledky hráčů družstva TJ Kunžak C na kuželně TJ Kunžak</t>
   </si>
   <si>
     <t>Vlastimil Škrabal</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
@@ -326,50 +326,53 @@
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>1.3.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>Karel Hanzal</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>Lukáš Brtník</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>19.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
@@ -407,60 +410,60 @@
   <si>
     <t>3.1.2022</t>
   </si>
   <si>
     <t>29.10.2021</t>
   </si>
   <si>
     <t>1.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>2.10.2020</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>22.11.2019</t>
   </si>
   <si>
+    <t>Michal Horák</t>
+  </si>
+  <si>
     <t>8.11.2019</t>
   </si>
   <si>
-    <t>Michal Horák</t>
+    <t>Jan Zeman</t>
   </si>
   <si>
     <t>22.10.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jan Zeman</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>15.2.2019</t>
   </si>
   <si>
     <t>1.2.2019</t>
   </si>
   <si>
     <t>30.11.2018</t>
   </si>
   <si>
     <t>16.11.2018</t>
   </si>
   <si>
     <t>2.11.2018</t>
   </si>
   <si>
     <t>19.10.2018</t>
   </si>
   <si>
     <t>21.9.2018</t>
   </si>
@@ -2633,69 +2636,69 @@
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>107</v>
       </c>
       <c r="G27" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>110</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>111</v>
       </c>
       <c r="L27" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>116</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>118</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>119</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>120</v>
       </c>
@@ -2716,138 +2719,138 @@
       </c>
       <c r="AA27" s="6" t="s">
         <v>126</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>450</v>
+      </c>
+      <c r="D28" s="4">
         <v>421</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>413</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>475</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>429</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>463</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>470</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>494</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>436</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>446</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>467</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>403</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>462</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>439</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>458</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>457</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>436</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>451</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>464</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>479</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>456</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>431</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>463</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>455</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>431</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>443</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>398</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>442</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>424</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2933,209 +2936,209 @@
       <c r="C31" s="6" t="s">
         <v>104</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>107</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>108</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>109</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>110</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>111</v>
       </c>
       <c r="K31" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>113</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>114</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>115</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>116</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>117</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>118</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>122</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>123</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="X31" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="Y31" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>126</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>127</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>131</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>461</v>
+      </c>
+      <c r="D32" s="4">
         <v>443</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>452</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>432</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>444</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>411</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>455</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>465</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>451</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>417</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>432</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>438</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>468</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>437</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>427</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>448</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>430</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>402</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>449</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>419</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>457</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>459</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>484</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>437</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>446</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>431</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>462</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>400</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>409</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -3245,84 +3248,84 @@
       <c r="K35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>411</v>
       </c>
       <c r="D36" s="4">
         <v>421</v>
       </c>
       <c r="E36" s="4">
         <v>419</v>
       </c>
       <c r="F36" s="4">
         <v>416</v>
       </c>
       <c r="G36" s="4">
         <v>423</v>
       </c>
       <c r="H36" s="4">
         <v>408</v>
       </c>
       <c r="I36" s="4">
@@ -3461,51 +3464,51 @@
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>85</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>86</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>87</v>
       </c>
@@ -3533,72 +3536,72 @@
       <c r="Q39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>410</v>
       </c>
       <c r="D40" s="4">
         <v>396</v>
       </c>
       <c r="E40" s="4">
         <v>409</v>
       </c>
       <c r="F40" s="4">
         <v>444</v>
       </c>
       <c r="G40" s="4">
         <v>374</v>
       </c>
       <c r="H40" s="4">
         <v>429</v>
       </c>
       <c r="I40" s="4">