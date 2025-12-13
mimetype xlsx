--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Výsledky hráčů družstva TJ Chropyně  na kuželně Chropyně</t>
   </si>
   <si>
     <t>Miroslav Míšek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>10.4.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
@@ -138,50 +138,53 @@
     <t>11.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>31.1.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>Jaroslav Krejčíř</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>Milan Podaný</t>
   </si>
   <si>
     <t>29.11.2019</t>
   </si>
@@ -1046,230 +1049,230 @@
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="L15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N15" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="R15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Z15" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="4">
+        <v>430</v>
+      </c>
+      <c r="D16" s="4">
         <v>371</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>383</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>428</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>388</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>406</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>456</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>374</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>428</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>373</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>412</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>439</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>415</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>411</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>387</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>410</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>459</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="U16" s="4">
         <v>402</v>
       </c>
       <c r="V16" s="4">
+        <v>402</v>
+      </c>
+      <c r="W16" s="4">
         <v>400</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>386</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>409</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>411</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>427</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>435</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>415</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>452</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>400</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1325,144 +1328,144 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="4">
         <v>420</v>
       </c>
       <c r="D20" s="4">
         <v>440</v>
       </c>
       <c r="E20" s="4">
         <v>442</v>
       </c>
       <c r="F20" s="4">
         <v>444</v>
       </c>
       <c r="G20" s="4">
         <v>413</v>
       </c>
       <c r="H20" s="4">
         <v>439</v>
       </c>
       <c r="I20" s="4">
@@ -1613,114 +1616,114 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="4">
         <v>373</v>
       </c>
       <c r="D24" s="4">
         <v>332</v>
       </c>
       <c r="E24" s="4">
         <v>384</v>
       </c>
       <c r="F24" s="4">
         <v>390</v>
       </c>
       <c r="G24" s="4">
         <v>350</v>
       </c>
       <c r="H24" s="4">
         <v>415</v>
       </c>
       <c r="I24" s="4">
@@ -1811,226 +1814,232 @@
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="F27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="G27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="M27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N27" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="N27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P27" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R27" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="W27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X27" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AD27" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE27" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="4">
+        <v>376</v>
+      </c>
+      <c r="D28" s="4">
         <v>388</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>383</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>401</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>384</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>356</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>360</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>417</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>382</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>417</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>393</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>397</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>396</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>374</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>410</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>408</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>415</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>377</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>379</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>415</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>368</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>377</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>348</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>367</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>373</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>390</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>401</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>326</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>392</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
@@ -2078,123 +2087,126 @@
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
+      <c r="AE29" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="4">
         <v>373</v>
       </c>
       <c r="D32" s="4">
         <v>425</v>
       </c>
       <c r="E32" s="4">
         <v>406</v>
       </c>
       <c r="F32" s="4">
         <v>404</v>
       </c>
       <c r="G32" s="4">
         <v>406</v>
       </c>
       <c r="H32" s="4">
         <v>420</v>
       </c>
       <c r="I32" s="4">