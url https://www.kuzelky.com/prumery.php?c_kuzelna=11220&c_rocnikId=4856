--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -296,50 +296,53 @@
   <si>
     <t>Jan Hess</t>
   </si>
   <si>
     <t>8.3.2020</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>9.2.2020</t>
   </si>
   <si>
     <t>19.1.2020</t>
   </si>
   <si>
     <t>10.11.2019</t>
   </si>
   <si>
     <t>7.11.2019</t>
   </si>
   <si>
     <t>Lukáš Chmel</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>6.1.2022</t>
   </si>
   <si>
     <t>19.11.2021</t>
@@ -366,53 +369,50 @@
     <t>26.2.2023</t>
   </si>
   <si>
     <t>8.1.2023</t>
   </si>
   <si>
     <t>18.12.2022</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>27.11.2022</t>
   </si>
   <si>
     <t>14.11.2022</t>
   </si>
   <si>
     <t>20.2.2022</t>
   </si>
   <si>
     <t>23.1.2022</t>
   </si>
   <si>
     <t>14.11.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.11.2021</t>
   </si>
   <si>
     <t>Rostislav Solkan</t>
   </si>
   <si>
     <t>Miroslav Kraus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -2840,233 +2840,233 @@
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="G43" s="6" t="s">
+      <c r="H43" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="H43" s="6" t="s">
+      <c r="I43" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="J43" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="M43" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="N43" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>103</v>
       </c>
       <c r="W43" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="X43" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AB43" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AC43" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="AC43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD43" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="AE43" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="AE43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF43" s="6" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>434</v>
+      </c>
+      <c r="D44" s="4">
         <v>430</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>439</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>491</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>434</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>404</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="J44" s="4">
         <v>456</v>
       </c>
       <c r="K44" s="4">
+        <v>456</v>
+      </c>
+      <c r="L44" s="4">
         <v>460</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>426</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="O44" s="4">
         <v>404</v>
       </c>
       <c r="P44" s="4">
+        <v>404</v>
+      </c>
+      <c r="Q44" s="4">
         <v>394</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>438</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>403</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>399</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>402</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>422</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>361</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>384</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>377</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>403</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>411</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>403</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>412</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>414</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>370</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -3122,239 +3122,239 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="E47" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="F47" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="G47" s="6" t="s">
+      <c r="H47" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="L47" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>95</v>
       </c>
       <c r="N47" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="O47" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>110</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>112</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>113</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>114</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>477</v>
+      </c>
+      <c r="D48" s="4">
         <v>387</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>408</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>407</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>428</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>406</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>382</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>431</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>427</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>411</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>434</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>398</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>464</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>435</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>399</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>411</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>370</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>403</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>395</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>361</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>394</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>382</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>419</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>423</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>441</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>386</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>444</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>411</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>394</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
@@ -3416,233 +3416,233 @@
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D51" s="6" t="s">
+      <c r="E51" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E51" s="6" t="s">
+      <c r="F51" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F51" s="6" t="s">
+      <c r="G51" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="G51" s="6" t="s">
+      <c r="H51" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="H51" s="6" t="s">
+      <c r="I51" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="O51" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="O51" s="6" t="s">
+      <c r="P51" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="S51" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="S51" s="6" t="s">
+      <c r="T51" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="T51" s="6" t="s">
+      <c r="U51" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="U51" s="6" t="s">
+      <c r="V51" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="V51" s="6" t="s">
+      <c r="W51" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="W51" s="6" t="s">
+      <c r="X51" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="Y51" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Z51" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Z51" s="6" t="s">
+      <c r="AA51" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AA51" s="6" t="s">
+      <c r="AB51" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AE51" s="6" t="s">
+      <c r="AF51" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>361</v>
+      </c>
+      <c r="D52" s="4">
         <v>382</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>416</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>415</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>361</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>380</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>367</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>359</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>405</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>400</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>391</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>355</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>369</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>348</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>403</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>353</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>383</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>367</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>390</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>408</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>392</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>353</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>399</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>358</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>379</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>319</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>375</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>349</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>348</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
@@ -3704,233 +3704,233 @@
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D55" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="D55" s="6" t="s">
+      <c r="E55" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="E55" s="6" t="s">
+      <c r="F55" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="F55" s="6" t="s">
+      <c r="G55" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="G55" s="6" t="s">
+      <c r="H55" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="H55" s="6" t="s">
+      <c r="I55" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="I55" s="6" t="s">
+      <c r="J55" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="J55" s="6" t="s">
+      <c r="K55" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="K55" s="6" t="s">
+      <c r="L55" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>95</v>
       </c>
       <c r="N55" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="O55" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O55" s="6" t="s">
+      <c r="P55" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="P55" s="6" t="s">
+      <c r="Q55" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q55" s="6" t="s">
+      <c r="R55" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="R55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S55" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="T55" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="T55" s="6" t="s">
+      <c r="U55" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="U55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V55" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="W55" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W55" s="6" t="s">
+      <c r="X55" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y55" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z55" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Z55" s="6" t="s">
+      <c r="AA55" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AA55" s="6" t="s">
+      <c r="AB55" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AB55" s="6" t="s">
+      <c r="AC55" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AC55" s="6" t="s">
+      <c r="AD55" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="AD55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE55" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF55" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
+        <v>427</v>
+      </c>
+      <c r="D56" s="4">
         <v>417</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>428</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>395</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>420</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>410</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>424</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>425</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>408</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>433</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>412</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>426</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>434</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>392</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>402</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>371</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>410</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>400</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>393</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>386</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>381</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>402</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>421</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>394</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>400</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>360</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>368</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>367</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>399</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="4">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">
         <v>100</v>
       </c>
       <c r="I57" s="6">