--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Výsledky hráčů družstva TJ Dynamo České Budějovice A na kuželně TJ Dynamo České Budějovice</t>
   </si>
   <si>
     <t>Petr Čech</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>6.12.2019</t>
   </si>
   <si>
     <t>29.11.2019</t>
   </si>
   <si>
     <t>22.11.2019</t>
   </si>
   <si>
     <t>15.11.2019</t>
   </si>
   <si>
     <t>1.11.2019</t>
   </si>
   <si>
@@ -80,50 +80,53 @@
   <si>
     <t>16.11.2018</t>
   </si>
   <si>
     <t>2.11.2018</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>12.10.2018</t>
   </si>
   <si>
     <t>21.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Patrik Postl</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
@@ -350,96 +353,87 @@
   <si>
     <t>13.3.2022</t>
   </si>
   <si>
     <t>20.2.2022</t>
   </si>
   <si>
     <t>17.2.2022</t>
   </si>
   <si>
     <t>23.1.2022</t>
   </si>
   <si>
     <t>Lukáš Chmel</t>
   </si>
   <si>
     <t>8.3.2020</t>
   </si>
   <si>
     <t>23.2.2020</t>
   </si>
   <si>
     <t>19.1.2020</t>
   </si>
   <si>
-    <t>10.12.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Vít Šebestík</t>
   </si>
   <si>
     <t>14.11.2021</t>
   </si>
   <si>
-    <t>7.11.2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Miroslav Kraus</t>
   </si>
   <si>
     <t>7.4.2022</t>
   </si>
   <si>
     <t>24.3.2022</t>
   </si>
   <si>
     <t>3.3.2022</t>
   </si>
   <si>
     <t>3.2.2022</t>
   </si>
   <si>
     <t>20.1.2022</t>
   </si>
   <si>
     <t>2.12.2021</t>
   </si>
   <si>
     <t>8.11.2021</t>
   </si>
   <si>
     <t>30.9.2021</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.1.2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1073,167 +1067,167 @@
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AE7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AF7" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="4">
+        <v>414</v>
+      </c>
+      <c r="D8" s="4">
         <v>401</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>414</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>417</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>419</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>416</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>426</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>422</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>397</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>425</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>404</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>426</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>375</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>383</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>433</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>425</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>375</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>363</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>375</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>380</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>466</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>393</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>386</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>408</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>385</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="AC8" s="4">
         <v>427</v>
       </c>
       <c r="AD8" s="4">
+        <v>427</v>
+      </c>
+      <c r="AE8" s="4">
         <v>433</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1289,144 +1283,144 @@
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="4">
         <v>411</v>
       </c>
       <c r="D12" s="4">
         <v>423</v>
       </c>
       <c r="E12" s="4">
         <v>411</v>
       </c>
       <c r="F12" s="4">
         <v>398</v>
       </c>
       <c r="G12" s="4">
         <v>417</v>
       </c>
       <c r="H12" s="4">
         <v>388</v>
       </c>
       <c r="I12" s="4">
@@ -1577,96 +1571,96 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="4">
         <v>403</v>
       </c>
       <c r="D16" s="4">
@@ -1766,239 +1760,239 @@
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AC19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="AD19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="4">
+        <v>424</v>
+      </c>
+      <c r="D20" s="4">
         <v>435</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>439</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>435</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>428</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>403</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>390</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>415</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>396</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>420</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>394</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>397</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>405</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>424</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>369</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>418</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>373</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>419</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>391</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>395</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>383</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>408</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>377</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>379</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>411</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>377</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>395</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>403</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>377</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2054,144 +2048,144 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="4">
         <v>396</v>
       </c>
       <c r="D24" s="4">
         <v>411</v>
       </c>
       <c r="E24" s="4">
         <v>362</v>
       </c>
       <c r="F24" s="4">
         <v>442</v>
       </c>
       <c r="G24" s="4">
         <v>395</v>
       </c>
       <c r="H24" s="4">
         <v>401</v>
       </c>
       <c r="I24" s="4">
@@ -2342,126 +2336,126 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="4">
         <v>457</v>
       </c>
       <c r="D28" s="4">
         <v>449</v>
       </c>
       <c r="E28" s="4">
         <v>482</v>
       </c>
       <c r="F28" s="4">
         <v>468</v>
       </c>
       <c r="G28" s="4">
         <v>472</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="4">
         <v>341</v>
       </c>
       <c r="D32" s="4">
@@ -2495,126 +2489,126 @@
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="4">
         <v>433</v>
       </c>
       <c r="D36" s="4">
         <v>450</v>
       </c>
       <c r="E36" s="4">
@@ -2765,69 +2759,69 @@
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>10</v>
       </c>
@@ -2918,108 +2912,108 @@
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="4">
         <v>403</v>
       </c>
       <c r="D44" s="4">
         <v>401</v>
       </c>
       <c r="E44" s="4">
         <v>359</v>
       </c>
       <c r="F44" s="4">
         <v>382</v>
       </c>
       <c r="G44" s="4">
         <v>367</v>
       </c>
       <c r="H44" s="4">
         <v>396</v>
       </c>
       <c r="I44" s="4">
@@ -3098,239 +3092,239 @@
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
       <c r="T45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>83</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>35</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>36</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>37</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>41</v>
+        <v>111</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>94</v>
+        <v>42</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>111</v>
+        <v>43</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>112</v>
+        <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="4">
+        <v>434</v>
+      </c>
+      <c r="D48" s="4">
         <v>430</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>439</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>491</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>434</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>404</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="J48" s="4">
         <v>456</v>
       </c>
       <c r="K48" s="4">
+        <v>456</v>
+      </c>
+      <c r="L48" s="4">
         <v>460</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>426</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="O48" s="4">
         <v>404</v>
       </c>
       <c r="P48" s="4">
+        <v>404</v>
+      </c>
+      <c r="Q48" s="4">
         <v>394</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>438</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>403</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>399</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>402</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>422</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>361</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>384</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>377</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>403</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>411</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>403</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>412</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>414</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>370</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
@@ -3401,224 +3395,224 @@
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>83</v>
       </c>
       <c r="O51" s="6" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>97</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>98</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>99</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>100</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>101</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="Z51" s="6" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="AA51" s="6" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="AB51" s="6" t="s">
-        <v>35</v>
+        <v>108</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AE51" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF51" s="6" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="4">
+        <v>477</v>
+      </c>
+      <c r="D52" s="4">
         <v>387</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>408</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>407</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>428</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>406</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>382</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>431</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>427</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>411</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>434</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>398</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>464</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>435</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>399</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>411</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>370</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>403</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>395</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>361</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>394</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>382</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>419</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>423</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>441</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>386</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>444</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>411</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>394</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
@@ -3674,239 +3668,239 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>83</v>
       </c>
       <c r="O55" s="6" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="P55" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q55" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="R55" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="Q55" s="6" t="s">
+      <c r="S55" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="T55" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="R55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="S55" s="6" t="s">
+      <c r="U55" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="V55" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="W55" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="T55" s="6" t="s">
-[...5 lines deleted...]
-      <c r="V55" s="6" t="s">
+      <c r="X55" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="W55" s="6" t="s">
+      <c r="Y55" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z55" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="X55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Y55" s="6" t="s">
+      <c r="AA55" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="Z55" s="6" t="s">
+      <c r="AB55" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="AA55" s="6" t="s">
+      <c r="AC55" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AD55" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="AB55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="AC55" s="6" t="s">
+      <c r="AE55" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="AF55" s="6" t="s">
         <v>125</v>
-      </c>
-[...7 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C56" s="4">
+        <v>427</v>
+      </c>
+      <c r="D56" s="4">
         <v>417</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>428</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>395</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>420</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>410</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>424</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>425</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>408</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>433</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>412</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>426</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>434</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>392</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>402</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>371</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>410</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>400</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>393</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>386</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>381</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>402</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>421</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>394</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>400</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>360</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>368</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>367</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>399</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="4">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">
         <v>100</v>
       </c>
       <c r="I57" s="6">