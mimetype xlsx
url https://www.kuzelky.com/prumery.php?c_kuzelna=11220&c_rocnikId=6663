--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Výsledky hráčů družstva TJ Dynamo České Budějovice B na kuželně TJ Dynamo České Budějovice</t>
   </si>
   <si>
     <t>Stanislava Mlezivová</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>27.3.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
@@ -324,50 +324,53 @@
     <t>23.1.2022</t>
   </si>
   <si>
     <t>Jan Hess</t>
   </si>
   <si>
     <t>8.3.2020</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>9.2.2020</t>
   </si>
   <si>
     <t>19.1.2020</t>
   </si>
   <si>
     <t>10.11.2019</t>
   </si>
   <si>
     <t>7.11.2019</t>
   </si>
   <si>
     <t>Miroslav Kraus</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>6.1.2022</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>David Šebestík</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2915,233 +2918,233 @@
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="G43" s="6" t="s">
+      <c r="H43" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="H43" s="6" t="s">
+      <c r="I43" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="I43" s="6" t="s">
+      <c r="J43" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="K43" s="6" t="s">
+      <c r="L43" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="L43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="N43" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="Q43" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Q43" s="6" t="s">
+      <c r="R43" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="R43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S43" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="T43" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="U43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V43" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="W43" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y43" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Z43" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AC43" s="6" t="s">
+      <c r="AD43" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="AD43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE43" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF43" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>427</v>
+      </c>
+      <c r="D44" s="4">
         <v>417</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>428</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>395</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>420</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>410</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>424</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>425</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>408</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>433</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>412</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>426</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>434</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>392</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>402</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>371</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>410</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>400</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>393</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>386</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>381</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>402</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>421</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>394</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>400</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>360</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>368</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>367</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>399</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -3197,51 +3200,51 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>44</v>
       </c>