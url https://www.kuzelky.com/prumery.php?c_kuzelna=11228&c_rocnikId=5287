--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -122,144 +122,144 @@
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>27.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Miloslav Rychetský</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>17.1.2025</t>
   </si>
   <si>
+    <t>Eva Křenková</t>
+  </si>
+  <si>
+    <t>30.1.2025</t>
+  </si>
+  <si>
+    <t>15.2.2024</t>
+  </si>
+  <si>
+    <t>13.10.2022</t>
+  </si>
+  <si>
+    <t>4.3.2022</t>
+  </si>
+  <si>
+    <t>10.2.2022</t>
+  </si>
+  <si>
+    <t>20.1.2022</t>
+  </si>
+  <si>
+    <t>15.10.2021</t>
+  </si>
+  <si>
+    <t>17.9.2021</t>
+  </si>
+  <si>
+    <t>16.9.2021</t>
+  </si>
+  <si>
+    <t>25.9.2020</t>
+  </si>
+  <si>
+    <t>11.9.2020</t>
+  </si>
+  <si>
+    <t>10.9.2020</t>
+  </si>
+  <si>
+    <t>Karel Křenek</t>
+  </si>
+  <si>
+    <t>František Čvančara</t>
+  </si>
+  <si>
     <t>14.4.2023</t>
   </si>
   <si>
-    <t>Eva Křenková</t>
-[...43 lines deleted...]
-  <si>
     <t>4.4.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>Václav Sommer</t>
   </si>
   <si>
     <t>21.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>2.12.2022</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>27.10.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>16.9.2022</t>
   </si>
   <si>
     <t>11.4.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>18.3.2022</t>
   </si>
   <si>
     <t>Vladimír Sommer</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>4.10.2019</t>
   </si>
   <si>
     <t>22.2.2019</t>
   </si>
   <si>
     <t>25.1.2019</t>
   </si>
   <si>
     <t>30.11.2018</t>
   </si>
@@ -1064,233 +1064,233 @@
       </c>
       <c r="AB5" s="6">
         <v>100</v>
       </c>
       <c r="AC5" s="6">
         <v>100</v>
       </c>
       <c r="AD5" s="6">
         <v>100</v>
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="E7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="F7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="G7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="H7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c r="I7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="L7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="S7" s="6" t="s">
+      <c r="T7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="U7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AA7" s="6" t="s">
+      <c r="AB7" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AE7" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AF7" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>389</v>
+      </c>
+      <c r="D8" s="4">
         <v>437</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>429</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>438</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>423</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>407</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>426</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>436</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>424</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>428</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>439</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>440</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>457</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>404</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>440</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>455</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>447</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>405</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>433</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>472</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>404</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>429</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>425</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>406</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>410</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>405</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>404</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>416</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>415</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1355,51 +1355,51 @@
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>45</v>
       </c>
@@ -1505,233 +1505,233 @@
       </c>
       <c r="M13" s="6">
         <v>100</v>
       </c>
       <c r="N13" s="6">
         <v>100</v>
       </c>
       <c r="O13" s="6">
         <v>100</v>
       </c>
       <c r="P13" s="6">
         <v>100</v>
       </c>
       <c r="Q13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>424</v>
+      </c>
+      <c r="D16" s="4">
         <v>445</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>478</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>419</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>471</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>462</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>438</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>434</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>399</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>445</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>495</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>409</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>428</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>433</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>427</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>443</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>398</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>486</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>404</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>420</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>408</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>453</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>463</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>449</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>429</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>452</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>481</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>426</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>454</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1817,51 +1817,51 @@
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>22</v>
       </c>
@@ -1871,60 +1871,60 @@
       <c r="U19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>358</v>
       </c>
       <c r="D20" s="4">
         <v>381</v>
       </c>
       <c r="E20" s="4">
         <v>375</v>
       </c>
       <c r="F20" s="4">
         <v>416</v>
       </c>
       <c r="G20" s="4">
         <v>421</v>
       </c>
       <c r="H20" s="4">
         <v>384</v>
       </c>
       <c r="I20" s="4">
@@ -2075,239 +2075,239 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>386</v>
+      </c>
+      <c r="D24" s="4">
         <v>408</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>411</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>405</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>387</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>405</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>436</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>394</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>412</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>415</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>410</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>400</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>424</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>433</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>430</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>404</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>425</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>438</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>430</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>413</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>408</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>443</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>444</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>416</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>437</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>426</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>428</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>430</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>446</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2402,69 +2402,69 @@
       <c r="F27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>77</v>
       </c>
@@ -2630,233 +2630,233 @@
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="L31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AD31" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="AE31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF31" s="6" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>376</v>
+      </c>
+      <c r="D32" s="4">
         <v>429</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>407</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>428</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>407</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>408</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>425</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>388</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>384</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>411</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>383</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>416</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>397</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>369</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>406</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>399</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>415</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>411</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>419</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>364</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>387</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="Y32" s="4">
         <v>385</v>
       </c>
       <c r="Z32" s="4">
+        <v>385</v>
+      </c>
+      <c r="AA32" s="4">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="AB32" s="4">
         <v>430</v>
       </c>
       <c r="AC32" s="4">
+        <v>430</v>
+      </c>
+      <c r="AD32" s="4">
         <v>428</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>348</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2978,78 +2978,78 @@
       <c r="O35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>409</v>
       </c>
       <c r="D36" s="4">
         <v>404</v>
       </c>
       <c r="E36" s="4">
         <v>392</v>
       </c>
       <c r="F36" s="4">
         <v>384</v>
       </c>
       <c r="G36" s="4">
         <v>419</v>
       </c>
       <c r="H36" s="4">
         <v>412</v>
       </c>
       <c r="I36" s="4">