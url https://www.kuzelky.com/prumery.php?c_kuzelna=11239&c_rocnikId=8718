--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -122,102 +122,102 @@
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jaroslav Heblák</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>13.11.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>6.11.2021</t>
   </si>
   <si>
     <t>Jaroslav Tezzele</t>
   </si>
   <si>
     <t>20.1.2024</t>
   </si>
   <si>
     <t>Miroslav Stuchlík</t>
   </si>
   <si>
     <t>Petr Charník</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
@@ -1010,230 +1010,230 @@
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="F7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="L7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="N7" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Q7" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="R7" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="R7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S7" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="T7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="T7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="V7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="X7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y7" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z7" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="7">
+        <v>433</v>
+      </c>
+      <c r="D8" s="7">
         <v>419</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>441</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>416</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>420</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>440</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>407</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>378</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>448</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>462</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>432</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>399</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>406</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>437</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>395</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>427</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>444</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>397</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>533</v>
       </c>
-      <c r="U8" s="7">
+      <c r="V8" s="7">
         <v>434</v>
       </c>
-      <c r="V8" s="7">
+      <c r="W8" s="7">
         <v>419</v>
       </c>
-      <c r="W8" s="7">
+      <c r="X8" s="7">
         <v>456</v>
       </c>
-      <c r="X8" s="7">
+      <c r="Y8" s="7">
         <v>435</v>
       </c>
-      <c r="Y8" s="7">
+      <c r="Z8" s="7">
         <v>458</v>
       </c>
-      <c r="Z8" s="7">
+      <c r="AA8" s="7">
         <v>467</v>
       </c>
-      <c r="AA8" s="7">
+      <c r="AB8" s="7">
         <v>421</v>
       </c>
-      <c r="AB8" s="7">
+      <c r="AC8" s="7">
         <v>416</v>
       </c>
-      <c r="AC8" s="7">
+      <c r="AD8" s="7">
         <v>485</v>
       </c>
-      <c r="AD8" s="7">
+      <c r="AE8" s="7">
         <v>446</v>
       </c>
-      <c r="AE8" s="7">
+      <c r="AF8" s="7">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1247,177 +1247,177 @@
       </c>
       <c r="L9" s="6">
         <v>100</v>
       </c>
       <c r="M9" s="6">
         <v>100</v>
       </c>
       <c r="N9" s="6">
         <v>100</v>
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
       <c r="Q9" s="6">
         <v>100</v>
       </c>
       <c r="R9" s="6">
         <v>100</v>
       </c>
       <c r="S9" s="6">
         <v>100</v>
       </c>
-      <c r="T9" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="T9" s="6">
+        <v>100</v>
+      </c>
+      <c r="U9" s="4">
+        <v>120</v>
       </c>
       <c r="V9" s="6">
         <v>100</v>
       </c>
       <c r="W9" s="6">
         <v>100</v>
       </c>
       <c r="X9" s="6">
         <v>100</v>
       </c>
       <c r="Y9" s="6">
         <v>100</v>
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>592</v>
       </c>
       <c r="D12" s="4">
         <v>542</v>
       </c>
       <c r="E12" s="4">
         <v>547</v>
       </c>
       <c r="F12" s="4">
@@ -1586,69 +1586,69 @@
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>523</v>
       </c>
       <c r="D16" s="4">
         <v>532</v>
       </c>
       <c r="E16" s="4">
         <v>557</v>
       </c>
       <c r="F16" s="4">
         <v>552</v>
       </c>
       <c r="G16" s="4">
         <v>540</v>
       </c>
       <c r="H16" s="4">
         <v>566</v>
       </c>
       <c r="I16" s="4">
@@ -1673,120 +1673,120 @@
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
         <v>120</v>
       </c>
       <c r="J17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
@@ -1961,114 +1961,114 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>58</v>
       </c>
@@ -2249,117 +2249,117 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
@@ -2537,244 +2537,244 @@
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Q31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R31" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AD31" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
+        <v>402</v>
+      </c>
+      <c r="D32" s="7">
         <v>469</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>544</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>508</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>566</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>551</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>515</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>577</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>538</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>579</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>497</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>528</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>542</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>508</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>570</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>552</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>543</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>551</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>526</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>549</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>554</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>532</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>538</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>557</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>548</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>523</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>531</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>534</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>597</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
-      <c r="D33" s="4">
-        <v>120</v>
+      <c r="D33" s="6">
+        <v>100</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
         <v>120</v>
       </c>
       <c r="J33" s="4">
         <v>120</v>
       </c>
       <c r="K33" s="4">
         <v>120</v>
       </c>
       <c r="L33" s="4">
         <v>120</v>
       </c>
@@ -2825,102 +2825,102 @@
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>549</v>
       </c>
       <c r="D36" s="4">
         <v>585</v>
       </c>
       <c r="E36" s="4">
         <v>581</v>
       </c>
       <c r="F36" s="4">
         <v>490</v>
       </c>
       <c r="G36" s="4">
         <v>565</v>
       </c>
       <c r="H36" s="7">
         <v>450</v>
       </c>
       <c r="I36" s="7">
@@ -3005,93 +3005,93 @@
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>78</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
@@ -3221,277 +3221,277 @@
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I43" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="I43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K43" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M43" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N43" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="Q43" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="Q43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R43" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="S43" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="S43" s="6" t="s">
+      <c r="T43" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="V43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C44" s="4">
+      <c r="C44" s="7">
+        <v>465</v>
+      </c>
+      <c r="D44" s="4">
         <v>529</v>
       </c>
-      <c r="D44" s="7">
+      <c r="E44" s="7">
         <v>505</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="7">
         <v>445</v>
       </c>
-      <c r="F44" s="7">
+      <c r="G44" s="7">
         <v>394</v>
       </c>
-      <c r="G44" s="7">
+      <c r="H44" s="7">
         <v>434</v>
       </c>
-      <c r="H44" s="7">
+      <c r="I44" s="7">
         <v>430</v>
       </c>
-      <c r="I44" s="7">
+      <c r="J44" s="7">
         <v>491</v>
       </c>
-      <c r="J44" s="7">
+      <c r="K44" s="7">
         <v>476</v>
       </c>
-      <c r="K44" s="7">
+      <c r="L44" s="7">
         <v>454</v>
       </c>
-      <c r="L44" s="7">
+      <c r="M44" s="7">
         <v>470</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>574</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>545</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P44" s="7">
         <v>457</v>
       </c>
-      <c r="P44" s="7">
+      <c r="Q44" s="7">
         <v>445</v>
       </c>
-      <c r="Q44" s="7">
+      <c r="R44" s="7">
         <v>430</v>
       </c>
-      <c r="R44" s="7">
+      <c r="S44" s="7">
         <v>417</v>
       </c>
-      <c r="S44" s="7">
+      <c r="T44" s="7">
         <v>439</v>
       </c>
-      <c r="T44" s="7">
+      <c r="U44" s="7">
         <v>469</v>
       </c>
-      <c r="U44" s="7">
+      <c r="V44" s="7">
         <v>439</v>
       </c>
-      <c r="V44" s="7">
+      <c r="W44" s="7">
         <v>450</v>
       </c>
-      <c r="W44" s="7">
+      <c r="X44" s="7">
         <v>454</v>
       </c>
-      <c r="X44" s="7">
+      <c r="Y44" s="7">
         <v>425</v>
       </c>
-      <c r="Y44" s="7">
+      <c r="Z44" s="7">
         <v>445</v>
       </c>
-      <c r="Z44" s="7">
+      <c r="AA44" s="7">
         <v>452</v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AB44" s="7">
         <v>467</v>
       </c>
-      <c r="AB44" s="7">
+      <c r="AC44" s="7">
         <v>444</v>
       </c>
-      <c r="AC44" s="7">
+      <c r="AD44" s="7">
         <v>435</v>
       </c>
-      <c r="AD44" s="7">
+      <c r="AE44" s="7">
         <v>449</v>
       </c>
-      <c r="AE44" s="7">
+      <c r="AF44" s="7">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C45" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="C45" s="6">
+        <v>100</v>
+      </c>
+      <c r="D45" s="4">
+        <v>120</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
         <v>100</v>
       </c>
       <c r="J45" s="6">
         <v>100</v>
       </c>
       <c r="K45" s="6">
         <v>100</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
-      <c r="M45" s="4">
-        <v>120</v>
+      <c r="M45" s="6">
+        <v>100</v>
       </c>
       <c r="N45" s="4">
         <v>120</v>
       </c>
-      <c r="O45" s="6">
-        <v>100</v>
+      <c r="O45" s="4">
+        <v>120</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
       <c r="T45" s="6">
         <v>100</v>
       </c>
       <c r="U45" s="6">
         <v>100</v>
       </c>
       <c r="V45" s="6">
         <v>100</v>
       </c>
       <c r="W45" s="6">
         <v>100</v>
       </c>