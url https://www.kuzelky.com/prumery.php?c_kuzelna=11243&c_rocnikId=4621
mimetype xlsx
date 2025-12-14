--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Chotoviny  na kuželně TJ Sokol Chotoviny</t>
   </si>
   <si>
     <t>Miroslav Vacko</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>3.12.2025</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>1.10.2025</t>
   </si>
   <si>
     <t>15.3.2023</t>
   </si>
   <si>
     <t>8.2.2023</t>
   </si>
   <si>
     <t>25.1.2023</t>
   </si>
   <si>
     <t>12.1.2023</t>
   </si>
   <si>
     <t>11.1.2023</t>
   </si>
@@ -952,140 +955,146 @@
       </c>
       <c r="V3" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
+      <c r="AD3" s="6" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C4" s="4">
+        <v>376</v>
+      </c>
+      <c r="D4" s="4">
         <v>393</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>368</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>353</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>412</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>378</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>374</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>385</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>370</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>428</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>390</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>441</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>387</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>391</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>411</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>399</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>398</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>352</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="V4" s="4">
         <v>421</v>
       </c>
       <c r="W4" s="4">
+        <v>421</v>
+      </c>
+      <c r="X4" s="4">
         <v>434</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>413</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>434</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>447</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>433</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>373</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>382</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
         <v>100</v>
       </c>
       <c r="J5" s="6">
         <v>100</v>
       </c>
@@ -1122,289 +1131,292 @@
       <c r="U5" s="6">
         <v>100</v>
       </c>
       <c r="V5" s="6">
         <v>100</v>
       </c>
       <c r="W5" s="6">
         <v>100</v>
       </c>
       <c r="X5" s="6">
         <v>100</v>
       </c>
       <c r="Y5" s="6">
         <v>100</v>
       </c>
       <c r="Z5" s="6">
         <v>100</v>
       </c>
       <c r="AA5" s="6">
         <v>100</v>
       </c>
       <c r="AB5" s="6">
         <v>100</v>
       </c>
       <c r="AC5" s="6">
+        <v>100</v>
+      </c>
+      <c r="AD5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" s="7">
         <v>550</v>
       </c>
       <c r="D8" s="7">
         <v>533</v>
       </c>
       <c r="E8" s="7">
         <v>558</v>
       </c>
       <c r="F8" s="7">
         <v>509</v>
       </c>
       <c r="G8" s="7">
         <v>513</v>
       </c>
       <c r="H8" s="7">
         <v>418</v>
       </c>
       <c r="I8" s="7">
         <v>400</v>
       </c>
       <c r="J8" s="7">
         <v>437</v>
       </c>
       <c r="K8" s="7">
         <v>436</v>
       </c>
       <c r="L8" s="7">
         <v>401</v>
       </c>
       <c r="M8" s="7">
         <v>422</v>
       </c>
       <c r="N8" s="7">
         <v>462</v>
       </c>
       <c r="O8" s="7">
         <v>402</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9" s="7">
         <v>120</v>
       </c>
       <c r="D9" s="7">
         <v>120</v>
       </c>
       <c r="E9" s="7">
         <v>120</v>
       </c>
       <c r="F9" s="7">
         <v>120</v>
       </c>
       <c r="G9" s="7">
         <v>120</v>
       </c>
       <c r="H9" s="7">
         <v>120</v>
       </c>
       <c r="I9" s="7">
         <v>120</v>
       </c>
       <c r="J9" s="7">
         <v>120</v>
       </c>
       <c r="K9" s="7">
         <v>120</v>
       </c>
       <c r="L9" s="7">
         <v>120</v>
       </c>
       <c r="M9" s="7">
         <v>120</v>
       </c>
       <c r="N9" s="7">
         <v>120</v>
       </c>
       <c r="O9" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="7">
         <v>545</v>
       </c>
       <c r="D12" s="7">
         <v>559</v>
       </c>
       <c r="E12" s="7">
         <v>538</v>
       </c>
       <c r="F12" s="7">
         <v>532</v>
       </c>
       <c r="G12" s="7">
         <v>540</v>
       </c>
       <c r="H12" s="7">
         <v>602</v>
       </c>
       <c r="I12" s="7">
         <v>536</v>
       </c>
       <c r="J12" s="7">
         <v>561</v>
       </c>
@@ -1455,51 +1467,51 @@
       </c>
       <c r="Z12" s="7">
         <v>583</v>
       </c>
       <c r="AA12" s="7">
         <v>589</v>
       </c>
       <c r="AB12" s="7">
         <v>565</v>
       </c>
       <c r="AC12" s="7">
         <v>585</v>
       </c>
       <c r="AD12" s="7">
         <v>552</v>
       </c>
       <c r="AE12" s="7">
         <v>550</v>
       </c>
       <c r="AF12" s="7">
         <v>591</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="7">
         <v>120</v>
       </c>
       <c r="D13" s="7">
         <v>120</v>
       </c>
       <c r="E13" s="7">
         <v>120</v>
       </c>
       <c r="F13" s="7">
         <v>120</v>
       </c>
       <c r="G13" s="7">
         <v>120</v>
       </c>
       <c r="H13" s="7">
         <v>120</v>
       </c>
       <c r="I13" s="7">
         <v>120</v>
       </c>
       <c r="J13" s="7">
         <v>120</v>
       </c>
@@ -1550,149 +1562,149 @@
       </c>
       <c r="Z13" s="7">
         <v>120</v>
       </c>
       <c r="AA13" s="7">
         <v>120</v>
       </c>
       <c r="AB13" s="7">
         <v>120</v>
       </c>
       <c r="AC13" s="7">
         <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="7">
         <v>120</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C16" s="4">
         <v>442</v>
       </c>
       <c r="D16" s="4">
         <v>440</v>
       </c>
       <c r="E16" s="4">
         <v>405</v>
       </c>
       <c r="F16" s="4">
         <v>406</v>
       </c>
       <c r="G16" s="4">
         <v>408</v>
       </c>
       <c r="H16" s="4">
         <v>432</v>
       </c>
       <c r="I16" s="4">
         <v>418</v>
       </c>
       <c r="J16" s="4">
         <v>432</v>
       </c>
@@ -1743,51 +1755,51 @@
       </c>
       <c r="Z16" s="7">
         <v>563</v>
       </c>
       <c r="AA16" s="7">
         <v>498</v>
       </c>
       <c r="AB16" s="7">
         <v>521</v>
       </c>
       <c r="AC16" s="7">
         <v>572</v>
       </c>
       <c r="AD16" s="7">
         <v>514</v>
       </c>
       <c r="AE16" s="7">
         <v>548</v>
       </c>
       <c r="AF16" s="7">
         <v>444</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
@@ -1838,149 +1850,149 @@
       </c>
       <c r="Z17" s="7">
         <v>120</v>
       </c>
       <c r="AA17" s="7">
         <v>120</v>
       </c>
       <c r="AB17" s="7">
         <v>120</v>
       </c>
       <c r="AC17" s="7">
         <v>120</v>
       </c>
       <c r="AD17" s="7">
         <v>120</v>
       </c>
       <c r="AE17" s="7">
         <v>120</v>
       </c>
       <c r="AF17" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C20" s="4">
         <v>427</v>
       </c>
       <c r="D20" s="4">
         <v>434</v>
       </c>
       <c r="E20" s="4">
         <v>398</v>
       </c>
       <c r="F20" s="4">
         <v>465</v>
       </c>
       <c r="G20" s="4">
         <v>438</v>
       </c>
       <c r="H20" s="4">
         <v>431</v>
       </c>
       <c r="I20" s="4">
         <v>452</v>
       </c>
       <c r="J20" s="4">
         <v>436</v>
       </c>
@@ -2031,51 +2043,51 @@
       </c>
       <c r="Z20" s="4">
         <v>437</v>
       </c>
       <c r="AA20" s="4">
         <v>406</v>
       </c>
       <c r="AB20" s="4">
         <v>409</v>
       </c>
       <c r="AC20" s="4">
         <v>460</v>
       </c>
       <c r="AD20" s="4">
         <v>429</v>
       </c>
       <c r="AE20" s="4">
         <v>420</v>
       </c>
       <c r="AF20" s="4">
         <v>421</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
@@ -2126,149 +2138,149 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C24" s="7">
         <v>564</v>
       </c>
       <c r="D24" s="7">
         <v>528</v>
       </c>
       <c r="E24" s="7">
         <v>575</v>
       </c>
       <c r="F24" s="7">
         <v>528</v>
       </c>
       <c r="G24" s="7">
         <v>587</v>
       </c>
       <c r="H24" s="7">
         <v>536</v>
       </c>
       <c r="I24" s="7">
         <v>526</v>
       </c>
       <c r="J24" s="7">
         <v>549</v>
       </c>
@@ -2319,51 +2331,51 @@
       </c>
       <c r="Z24" s="7">
         <v>592</v>
       </c>
       <c r="AA24" s="7">
         <v>562</v>
       </c>
       <c r="AB24" s="7">
         <v>564</v>
       </c>
       <c r="AC24" s="7">
         <v>557</v>
       </c>
       <c r="AD24" s="7">
         <v>579</v>
       </c>
       <c r="AE24" s="7">
         <v>560</v>
       </c>
       <c r="AF24" s="7">
         <v>561</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C25" s="7">
         <v>120</v>
       </c>
       <c r="D25" s="7">
         <v>120</v>
       </c>
       <c r="E25" s="7">
         <v>120</v>
       </c>
       <c r="F25" s="7">
         <v>120</v>
       </c>
       <c r="G25" s="7">
         <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>120</v>
       </c>
       <c r="I25" s="7">
         <v>120</v>
       </c>
       <c r="J25" s="7">
         <v>120</v>
       </c>
@@ -2414,149 +2426,149 @@
       </c>
       <c r="Z25" s="7">
         <v>120</v>
       </c>
       <c r="AA25" s="7">
         <v>120</v>
       </c>
       <c r="AB25" s="7">
         <v>120</v>
       </c>
       <c r="AC25" s="7">
         <v>120</v>
       </c>
       <c r="AD25" s="7">
         <v>120</v>
       </c>
       <c r="AE25" s="7">
         <v>120</v>
       </c>
       <c r="AF25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C28" s="7">
         <v>542</v>
       </c>
       <c r="D28" s="7">
         <v>536</v>
       </c>
       <c r="E28" s="7">
         <v>487</v>
       </c>
       <c r="F28" s="7">
         <v>517</v>
       </c>
       <c r="G28" s="7">
         <v>506</v>
       </c>
       <c r="H28" s="7">
         <v>569</v>
       </c>
       <c r="I28" s="7">
         <v>522</v>
       </c>
       <c r="J28" s="7">
         <v>564</v>
       </c>
@@ -2607,51 +2619,51 @@
       </c>
       <c r="Z28" s="7">
         <v>540</v>
       </c>
       <c r="AA28" s="7">
         <v>530</v>
       </c>
       <c r="AB28" s="7">
         <v>502</v>
       </c>
       <c r="AC28" s="7">
         <v>512</v>
       </c>
       <c r="AD28" s="7">
         <v>525</v>
       </c>
       <c r="AE28" s="7">
         <v>552</v>
       </c>
       <c r="AF28" s="7">
         <v>492</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
@@ -2702,149 +2714,149 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C32" s="7">
         <v>575</v>
       </c>
       <c r="D32" s="7">
         <v>554</v>
       </c>
       <c r="E32" s="7">
         <v>570</v>
       </c>
       <c r="F32" s="7">
         <v>558</v>
       </c>
       <c r="G32" s="7">
         <v>573</v>
       </c>
       <c r="H32" s="7">
         <v>573</v>
       </c>
       <c r="I32" s="7">
         <v>566</v>
       </c>
       <c r="J32" s="7">
         <v>555</v>
       </c>
@@ -2895,51 +2907,51 @@
       </c>
       <c r="Z32" s="7">
         <v>553</v>
       </c>
       <c r="AA32" s="7">
         <v>549</v>
       </c>
       <c r="AB32" s="7">
         <v>545</v>
       </c>
       <c r="AC32" s="7">
         <v>543</v>
       </c>
       <c r="AD32" s="7">
         <v>558</v>
       </c>
       <c r="AE32" s="7">
         <v>556</v>
       </c>
       <c r="AF32" s="7">
         <v>564</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
       <c r="G33" s="7">
         <v>120</v>
       </c>
       <c r="H33" s="7">
         <v>120</v>
       </c>
       <c r="I33" s="7">
         <v>120</v>
       </c>
       <c r="J33" s="7">
         <v>120</v>
       </c>
@@ -2990,149 +3002,149 @@
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C36" s="4">
         <v>459</v>
       </c>
       <c r="D36" s="4">
         <v>456</v>
       </c>
       <c r="E36" s="4">
         <v>444</v>
       </c>
       <c r="F36" s="4">
         <v>433</v>
       </c>
       <c r="G36" s="4">
         <v>465</v>
       </c>
       <c r="H36" s="4">
         <v>428</v>
       </c>
       <c r="I36" s="4">
         <v>449</v>
       </c>
       <c r="J36" s="4">
         <v>447</v>
       </c>
@@ -3183,51 +3195,51 @@
       </c>
       <c r="Z36" s="4">
         <v>460</v>
       </c>
       <c r="AA36" s="4">
         <v>420</v>
       </c>
       <c r="AB36" s="4">
         <v>441</v>
       </c>
       <c r="AC36" s="4">
         <v>467</v>
       </c>
       <c r="AD36" s="4">
         <v>440</v>
       </c>
       <c r="AE36" s="4">
         <v>464</v>
       </c>
       <c r="AF36" s="7">
         <v>532</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
@@ -3278,149 +3290,149 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C40" s="7">
         <v>531</v>
       </c>
       <c r="D40" s="7">
         <v>576</v>
       </c>
       <c r="E40" s="7">
         <v>584</v>
       </c>
       <c r="F40" s="7">
         <v>546</v>
       </c>
       <c r="G40" s="7">
         <v>574</v>
       </c>
       <c r="H40" s="7">
         <v>558</v>
       </c>
       <c r="I40" s="7">
         <v>558</v>
       </c>
       <c r="J40" s="7">
         <v>542</v>
       </c>
@@ -3471,51 +3483,51 @@
       </c>
       <c r="Z40" s="7">
         <v>592</v>
       </c>
       <c r="AA40" s="7">
         <v>583</v>
       </c>
       <c r="AB40" s="7">
         <v>536</v>
       </c>
       <c r="AC40" s="7">
         <v>594</v>
       </c>
       <c r="AD40" s="7">
         <v>558</v>
       </c>
       <c r="AE40" s="7">
         <v>566</v>
       </c>
       <c r="AF40" s="7">
         <v>554</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
       <c r="G41" s="7">
         <v>120</v>
       </c>
       <c r="H41" s="7">
         <v>120</v>
       </c>
       <c r="I41" s="7">
         <v>120</v>
       </c>
       <c r="J41" s="7">
         <v>120</v>
       </c>