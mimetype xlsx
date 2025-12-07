--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Výsledky hráčů družstva  na kuželně TJ Sokol Chotoviny</t>
   </si>
   <si>
     <t>Miroslav Vacko</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>3.12.2025</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>1.10.2025</t>
   </si>
   <si>
     <t>15.3.2023</t>
   </si>
   <si>
     <t>8.2.2023</t>
   </si>
   <si>
@@ -192,50 +192,53 @@
     <t>5.11.2021</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>14.2.2020</t>
   </si>
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>16.11.2018</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>Miloš Filip</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>10.11.2024</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
@@ -1409,203 +1412,203 @@
       <c r="E15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M15" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="N15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AB15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC15" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AD15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="4">
+        <v>408</v>
+      </c>
+      <c r="D16" s="4">
         <v>444</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>425</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>442</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>453</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>411</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>410</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>455</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>448</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>463</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>420</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>468</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>425</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>447</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>442</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>440</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>446</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>421</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>430</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>398</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>439</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>447</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>429</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>414</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>374</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>379</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>407</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>448</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>398</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1661,138 +1664,138 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="4">
         <v>427</v>
       </c>
       <c r="D20" s="4">
         <v>434</v>
       </c>
       <c r="E20" s="4">
         <v>398</v>
       </c>
       <c r="F20" s="4">
         <v>465</v>
       </c>
       <c r="G20" s="4">
@@ -1949,220 +1952,226 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>74</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="H23" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="R23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S23" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="T23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="V23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W23" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="X23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AC23" s="6" t="s">
-        <v>82</v>
+      <c r="AD23" s="6" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="4">
+        <v>411</v>
+      </c>
+      <c r="D24" s="4">
         <v>425</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>447</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>471</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>400</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>406</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>475</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>440</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="L24" s="4">
         <v>438</v>
       </c>
       <c r="M24" s="4">
+        <v>438</v>
+      </c>
+      <c r="N24" s="4">
         <v>424</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>433</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>428</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>386</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>470</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>450</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>418</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>443</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>409</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>417</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>440</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>422</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>411</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>436</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>429</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>438</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>419</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
@@ -2207,117 +2216,120 @@
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
       <c r="X25" s="6">
         <v>100</v>
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
+      <c r="AD25" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C32" s="4">
         <v>411</v>
       </c>
       <c r="D32" s="4">
         <v>479</v>
       </c>
       <c r="E32" s="4">
         <v>445</v>
       </c>
       <c r="F32" s="4">
         <v>379</v>
       </c>
       <c r="G32" s="4">
         <v>454</v>
       </c>
       <c r="H32" s="4">
@@ -2381,135 +2393,135 @@
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>33</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="4">
         <v>419</v>
       </c>
       <c r="D36" s="4">
         <v>431</v>
       </c>
       <c r="E36" s="4">
         <v>444</v>
       </c>
       <c r="F36" s="4">
@@ -2669,196 +2681,202 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>66</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>67</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="O39" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="P39" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C40" s="4">
+        <v>434</v>
+      </c>
+      <c r="D40" s="4">
         <v>402</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>392</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>416</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>452</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>432</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>423</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>429</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>464</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>378</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>431</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>427</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>410</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>491</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>425</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>412</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>415</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>409</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>434</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>419</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>426</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>397</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>427</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>394</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
@@ -2891,242 +2909,245 @@
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
+      <c r="Z41" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>63</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>64</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>66</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>68</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>69</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="T43" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="U43" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="V43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Y43" s="6" t="s">
+      <c r="Z43" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="Z43" s="6" t="s">
+      <c r="AA43" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="AC43" s="6" t="s">
+      <c r="AD43" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AD43" s="6" t="s">
+      <c r="AE43" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="AE43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF43" s="6" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C44" s="4">
+        <v>459</v>
+      </c>
+      <c r="D44" s="4">
         <v>456</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>444</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>433</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>465</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>428</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>449</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>447</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>498</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>449</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>448</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>488</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>465</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>427</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>438</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>422</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>461</v>
       </c>
-      <c r="S44" s="7">
+      <c r="T44" s="7">
         <v>566</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>443</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>456</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>426</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>471</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>424</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>460</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>420</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>441</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>467</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>440</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>464</v>
       </c>
-      <c r="AE44" s="7">
+      <c r="AF44" s="7">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">
@@ -3137,88 +3158,88 @@
       </c>
       <c r="K45" s="6">
         <v>100</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
-      <c r="S45" s="7">
+      <c r="S45" s="6">
+        <v>100</v>
+      </c>
+      <c r="T45" s="7">
         <v>120</v>
       </c>
-      <c r="T45" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="U45" s="6">
         <v>100</v>
       </c>
       <c r="V45" s="6">
         <v>100</v>
       </c>
       <c r="W45" s="6">
         <v>100</v>
       </c>
       <c r="X45" s="6">
         <v>100</v>
       </c>
       <c r="Y45" s="6">
         <v>100</v>
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
-      <c r="AE45" s="7">
-        <v>120</v>
+      <c r="AE45" s="6">
+        <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>