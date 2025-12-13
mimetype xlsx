--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -122,50 +122,53 @@
   <si>
     <t>2.10.2020</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>14.2.2020</t>
   </si>
   <si>
     <t>31.1.2020</t>
   </si>
   <si>
     <t>22.11.2019</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Malovaný</t>
   </si>
   <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>10.11.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>6.1.2023</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
@@ -339,53 +342,50 @@
     <t>18.1.2023</t>
   </si>
   <si>
     <t>Vojtěch Frdlík</t>
   </si>
   <si>
     <t>15.2.2023</t>
   </si>
   <si>
     <t>1.2.2023</t>
   </si>
   <si>
     <t>26.10.2022</t>
   </si>
   <si>
     <t>12.10.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>7.1.2022</t>
   </si>
   <si>
     <t>8.10.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.3.2020</t>
   </si>
   <si>
     <t>Jan Kouba</t>
   </si>
   <si>
     <t>15.2.2024</t>
   </si>
   <si>
     <t>19.9.2023</t>
   </si>
   <si>
     <t>Petra Aldorfová</t>
   </si>
   <si>
     <t>12.3.2025</t>
   </si>
   <si>
     <t>11.3.2025</t>
   </si>
   <si>
     <t>3.3.2025</t>
   </si>
   <si>
     <t>24.2.2025</t>
   </si>
@@ -1172,218 +1172,218 @@
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="M7" s="6" t="s">
+      <c r="N7" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="N7" s="6" t="s">
+      <c r="O7" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="O7" s="6" t="s">
+      <c r="P7" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q7" s="6" t="s">
+      <c r="R7" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="T7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="U7" s="6" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="W7" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="X7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X7" s="6" t="s">
+      <c r="Y7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y7" s="6" t="s">
+      <c r="Z7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z7" s="6" t="s">
+      <c r="AA7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AA7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC7" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD7" s="6" t="s">
+      <c r="AE7" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AE7" s="6" t="s">
+      <c r="AF7" s="6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>394</v>
+      </c>
+      <c r="D8" s="4">
         <v>403</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>397</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>396</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>420</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>394</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>384</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>369</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>376</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>377</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>341</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>362</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>352</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>401</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>395</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>365</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>403</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>388</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>358</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>420</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>398</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>386</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>376</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>347</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>375</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>411</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>424</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>395</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>382</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1439,84 +1439,84 @@
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>286</v>
       </c>
       <c r="D12" s="4">
         <v>305</v>
       </c>
       <c r="E12" s="4">
         <v>341</v>
       </c>
       <c r="F12" s="4">
         <v>340</v>
       </c>
       <c r="G12" s="4">
         <v>322</v>
       </c>
       <c r="H12" s="4">
         <v>336</v>
       </c>
       <c r="I12" s="4">
@@ -1547,239 +1547,239 @@
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
       <c r="K13" s="6">
         <v>100</v>
       </c>
       <c r="L13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H15" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Z15" s="6" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AB15" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AC15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AE15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AE15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF15" s="6" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>400</v>
+      </c>
+      <c r="D16" s="4">
         <v>455</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>422</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>419</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>438</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>389</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>461</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>427</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>404</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>434</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>409</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>424</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>439</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>449</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>422</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>444</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>459</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>402</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>410</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>449</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>439</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>440</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>443</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>436</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>448</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>435</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>421</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>444</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>406</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1835,144 +1835,144 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>407</v>
       </c>
       <c r="D20" s="4">
         <v>407</v>
       </c>
       <c r="E20" s="4">
         <v>423</v>
       </c>
       <c r="F20" s="4">
         <v>409</v>
       </c>
       <c r="G20" s="4">
         <v>398</v>
       </c>
       <c r="H20" s="4">
         <v>366</v>
       </c>
       <c r="I20" s="4">
@@ -2123,239 +2123,239 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G23" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I23" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="J23" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>74</v>
       </c>
       <c r="L23" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="M23" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>76</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>77</v>
       </c>
       <c r="P23" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="R23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S23" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="T23" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>80</v>
       </c>
       <c r="V23" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>83</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>424</v>
+      </c>
+      <c r="D24" s="4">
         <v>421</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>437</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>411</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>432</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>424</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>418</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>452</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>419</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>426</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>414</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>431</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>430</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>412</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>409</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>447</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>440</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>427</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>441</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>417</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>412</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>428</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>431</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>446</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>420</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>412</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>438</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>408</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>420</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2411,239 +2411,239 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G27" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X27" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Y27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z27" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="AA27" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AA27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB27" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AC27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD27" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
-        <v>408</v>
+        <v>390</v>
       </c>
       <c r="D28" s="4">
         <v>408</v>
       </c>
       <c r="E28" s="4">
+        <v>408</v>
+      </c>
+      <c r="F28" s="4">
         <v>456</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>398</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>417</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>425</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>407</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>409</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>439</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>413</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>422</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>404</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>395</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>465</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>421</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>432</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>433</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>426</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>410</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>437</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>416</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>434</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>409</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>444</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>411</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>397</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>434</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>411</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2699,144 +2699,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>407</v>
       </c>
       <c r="D32" s="4">
         <v>407</v>
       </c>
       <c r="E32" s="4">
         <v>397</v>
       </c>
       <c r="F32" s="4">
         <v>361</v>
       </c>
       <c r="G32" s="4">
         <v>361</v>
       </c>
       <c r="H32" s="4">
         <v>412</v>
       </c>
       <c r="I32" s="4">
@@ -2987,239 +2987,239 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G35" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>103</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>104</v>
+        <v>42</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>106</v>
+        <v>48</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>49</v>
+        <v>108</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>108</v>
+        <v>52</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>362</v>
+      </c>
+      <c r="D36" s="4">
         <v>411</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>353</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>413</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>350</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>426</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>353</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>375</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>403</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>420</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>398</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>408</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>430</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>403</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>437</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>398</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="T36" s="4">
         <v>411</v>
       </c>
       <c r="U36" s="4">
+        <v>411</v>
+      </c>
+      <c r="V36" s="4">
         <v>369</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>402</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>393</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>386</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>421</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>405</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>371</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>389</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>365</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>402</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3281,138 +3281,138 @@
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>399</v>
       </c>
       <c r="D40" s="4">
         <v>417</v>
       </c>
       <c r="E40" s="4">
         <v>370</v>
       </c>
       <c r="F40" s="4">
         <v>387</v>
       </c>
       <c r="G40" s="4">
         <v>414</v>
       </c>
       <c r="H40" s="4">
         <v>421</v>
       </c>
       <c r="I40" s="4">
@@ -3569,114 +3569,114 @@
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>114</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>116</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>117</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>118</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>119</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>120</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>121</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>122</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>123</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>124</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>125</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>126</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>127</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>128</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>131</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>132</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>133</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>135</v>
       </c>