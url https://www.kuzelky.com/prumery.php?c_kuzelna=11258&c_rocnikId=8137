--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Výsledky hráčů družstva Vltavan Loučovice B na kuželně Vltavan Loučovice</t>
   </si>
   <si>
     <t>Ladislav Němec</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Radek Šlouf</t>
   </si>
   <si>
     <t>29.2.2024</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
@@ -119,50 +119,53 @@
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>12.11.2024</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>2.3.2025</t>
   </si>
   <si>
     <t>12.1.2025</t>
@@ -194,162 +197,162 @@
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>23.1.2024</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>26.2.2023</t>
   </si>
   <si>
+    <t>František Anderle</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>9.2.2024</t>
+  </si>
+  <si>
+    <t>8.12.2023</t>
+  </si>
+  <si>
+    <t>24.11.2023</t>
+  </si>
+  <si>
+    <t>27.10.2023</t>
+  </si>
+  <si>
+    <t>17.2.2023</t>
+  </si>
+  <si>
+    <t>20.1.2023</t>
+  </si>
+  <si>
+    <t>2.12.2022</t>
+  </si>
+  <si>
+    <t>25.11.2022</t>
+  </si>
+  <si>
+    <t>11.11.2022</t>
+  </si>
+  <si>
+    <t>28.10.2022</t>
+  </si>
+  <si>
+    <t>30.9.2022</t>
+  </si>
+  <si>
+    <t>13.4.2022</t>
+  </si>
+  <si>
+    <t>8.4.2022</t>
+  </si>
+  <si>
+    <t>25.3.2022</t>
+  </si>
+  <si>
+    <t>21.1.2022</t>
+  </si>
+  <si>
+    <t>18.12.2021</t>
+  </si>
+  <si>
+    <t>3.12.2021</t>
+  </si>
+  <si>
+    <t>29.10.2021</t>
+  </si>
+  <si>
+    <t>Jakub Musil</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>24.1.2025</t>
+  </si>
+  <si>
+    <t>29.11.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>Vladimír Šereš</t>
+  </si>
+  <si>
+    <t>14.10.2022</t>
+  </si>
+  <si>
+    <t>Daniela Suchánková</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
     <t>5.2.2023</t>
   </si>
   <si>
-    <t>František Anderle</t>
-[...85 lines deleted...]
-  <si>
     <t>11.12.2022</t>
   </si>
   <si>
     <t>20.11.2022</t>
   </si>
   <si>
     <t>30.10.2022</t>
   </si>
   <si>
     <t>20.3.2022</t>
   </si>
   <si>
     <t>13.3.2022</t>
   </si>
   <si>
     <t>23.1.2022</t>
   </si>
   <si>
     <t>14.11.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.10.2021</t>
   </si>
   <si>
     <t>Petr Procházka</t>
   </si>
   <si>
     <t>Jakub Matulík</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>Ludvík Sojka</t>
   </si>
   <si>
     <t>Jan Sztrapek</t>
   </si>
@@ -1172,363 +1175,363 @@
       </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
       <c r="P21" s="7">
         <v>100</v>
       </c>
       <c r="Q21" s="7">
         <v>100</v>
       </c>
       <c r="R21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>35</v>
       </c>
       <c r="D23" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E23" s="7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="G23" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H23" s="7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>39</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>40</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>42</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>43</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>45</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>48</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>50</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>52</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="X23" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y23" s="7" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AA23" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="AB23" s="7" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="4">
+        <v>437</v>
+      </c>
+      <c r="D24" s="4">
         <v>412</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>416</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>384</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>383</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>419</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>402</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>423</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>384</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>521</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>430</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>392</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>493</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>437</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>592</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>399</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>548</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>431</v>
       </c>
-      <c r="T24" s="5">
+      <c r="U24" s="5">
         <v>548</v>
       </c>
-      <c r="U24" s="5">
+      <c r="V24" s="5">
         <v>520</v>
       </c>
-      <c r="V24" s="5">
+      <c r="W24" s="5">
         <v>586</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>470</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>440</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>473</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>396</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>419</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>462</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>356</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>427</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>100</v>
       </c>
-      <c r="K25" s="5">
+      <c r="K25" s="7">
+        <v>100</v>
+      </c>
+      <c r="L25" s="5">
         <v>120</v>
       </c>
-      <c r="L25" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="M25" s="7">
         <v>100</v>
       </c>
-      <c r="N25" s="5">
+      <c r="N25" s="7">
+        <v>100</v>
+      </c>
+      <c r="O25" s="5">
         <v>120</v>
       </c>
-      <c r="O25" s="7">
-[...2 lines deleted...]
-      <c r="P25" s="5">
+      <c r="P25" s="7">
+        <v>100</v>
+      </c>
+      <c r="Q25" s="5">
         <v>120</v>
       </c>
-      <c r="Q25" s="7">
-[...2 lines deleted...]
-      <c r="R25" s="5">
+      <c r="R25" s="7">
+        <v>100</v>
+      </c>
+      <c r="S25" s="5">
         <v>120</v>
       </c>
-      <c r="S25" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="T25" s="7">
+        <v>100</v>
       </c>
       <c r="U25" s="5">
         <v>120</v>
       </c>
       <c r="V25" s="5">
         <v>120</v>
       </c>
-      <c r="W25" s="7">
-        <v>100</v>
+      <c r="W25" s="5">
+        <v>120</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>64</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>67</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>70</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>71</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>72</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>32</v>
       </c>
@@ -1760,54 +1763,54 @@
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>82</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>85</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>66</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>31</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="4">
         <v>364</v>
       </c>
       <c r="D32" s="4">
         <v>410</v>
       </c>
       <c r="E32" s="4">
         <v>411</v>
       </c>
       <c r="F32" s="4">
@@ -1856,60 +1859,60 @@
       </c>
       <c r="I33" s="7">
         <v>100</v>
       </c>
       <c r="J33" s="7">
         <v>100</v>
       </c>
       <c r="K33" s="7">
         <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>64</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>69</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>72</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>32</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>87</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>75</v>
       </c>
@@ -2072,235 +2075,241 @@
       </c>
       <c r="U37" s="7">
         <v>100</v>
       </c>
       <c r="V37" s="7">
         <v>100</v>
       </c>
       <c r="W37" s="7">
         <v>100</v>
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>35</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G39" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="H39" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="H39" s="7" t="s">
+      <c r="I39" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="I39" s="7" t="s">
+      <c r="J39" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K39" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="J39" s="7" t="s">
+      <c r="L39" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="K39" s="7" t="s">
-[...2 lines deleted...]
-      <c r="L39" s="7" t="s">
+      <c r="M39" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="N39" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="M39" s="7" t="s">
+      <c r="O39" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="N39" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P39" s="7" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="Q39" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="R39" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="S39" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="R39" s="7" t="s">
+      <c r="T39" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="S39" s="7" t="s">
+      <c r="U39" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="T39" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="V39" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="W39" s="7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>91</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>92</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>93</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>94</v>
       </c>
       <c r="AB39" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC39" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD39" s="7" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="AE39" s="7" t="s">
         <v>97</v>
+      </c>
+      <c r="AF39" s="7" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="4">
+        <v>438</v>
+      </c>
+      <c r="D40" s="5">
+        <v>485</v>
+      </c>
+      <c r="E40" s="4">
         <v>432</v>
       </c>
-      <c r="D40" s="4">
+      <c r="F40" s="4">
         <v>412</v>
       </c>
-      <c r="E40" s="4">
+      <c r="G40" s="4">
         <v>436</v>
       </c>
-      <c r="F40" s="4">
+      <c r="H40" s="4">
         <v>413</v>
       </c>
-      <c r="G40" s="4">
+      <c r="I40" s="4">
         <v>409</v>
       </c>
-      <c r="H40" s="4">
+      <c r="J40" s="4">
         <v>415</v>
       </c>
-      <c r="I40" s="4">
+      <c r="K40" s="4">
         <v>426</v>
       </c>
-      <c r="J40" s="4">
+      <c r="L40" s="4">
         <v>428</v>
       </c>
-      <c r="K40" s="4">
+      <c r="M40" s="4">
         <v>373</v>
       </c>
-      <c r="L40" s="4">
+      <c r="N40" s="4">
         <v>462</v>
       </c>
-      <c r="M40" s="4">
+      <c r="O40" s="4">
         <v>441</v>
       </c>
-      <c r="N40" s="4">
+      <c r="P40" s="4">
         <v>447</v>
       </c>
-      <c r="O40" s="4">
+      <c r="Q40" s="4">
         <v>347</v>
       </c>
-      <c r="P40" s="4">
+      <c r="R40" s="4">
         <v>429</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="S40" s="4">
         <v>429</v>
       </c>
-      <c r="R40" s="4">
+      <c r="T40" s="4">
         <v>379</v>
       </c>
-      <c r="S40" s="4">
+      <c r="U40" s="4">
         <v>410</v>
       </c>
-      <c r="T40" s="4">
+      <c r="V40" s="4">
         <v>408</v>
       </c>
-      <c r="U40" s="4">
+      <c r="W40" s="4">
         <v>395</v>
       </c>
-      <c r="V40" s="4">
+      <c r="X40" s="4">
         <v>378</v>
       </c>
-      <c r="W40" s="4">
+      <c r="Y40" s="4">
         <v>401</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Z40" s="4">
         <v>368</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="AA40" s="4">
         <v>373</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AB40" s="4">
         <v>339</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AC40" s="4">
         <v>355</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AD40" s="4">
         <v>375</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AE40" s="4">
         <v>357</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AF40" s="4">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="7">
         <v>100</v>
       </c>
-      <c r="D41" s="7">
-        <v>100</v>
+      <c r="D41" s="5">
+        <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>100</v>
       </c>
       <c r="F41" s="7">
         <v>100</v>
       </c>
       <c r="G41" s="7">
         <v>100</v>
       </c>
       <c r="H41" s="7">
         <v>100</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>100</v>
       </c>
       <c r="K41" s="7">
         <v>100</v>
       </c>
       <c r="L41" s="7">
         <v>100</v>
       </c>
@@ -2337,56 +2346,59 @@
       <c r="W41" s="7">
         <v>100</v>
       </c>
       <c r="X41" s="7">
         <v>100</v>
       </c>
       <c r="Y41" s="7">
         <v>100</v>
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>84</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>34</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="4">
         <v>386</v>
       </c>
       <c r="D44" s="4">
@@ -2396,408 +2408,408 @@
         <v>366</v>
       </c>
       <c r="F44" s="4">
         <v>396</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>36</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G47" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="H47" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="H47" s="7" t="s">
+      <c r="I47" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="I47" s="7" t="s">
+      <c r="J47" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="J47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="7" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="L47" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="M47" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="M47" s="7" t="s">
+      <c r="N47" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="N47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O47" s="7" t="s">
-        <v>89</v>
+        <v>49</v>
       </c>
       <c r="P47" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q47" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="Q47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R47" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="S47" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="S47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T47" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="U47" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="U47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V47" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="W47" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="W47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X47" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y47" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="Y47" s="7" t="s">
+      <c r="Z47" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="Z47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA47" s="7" t="s">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="AB47" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC47" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="AC47" s="7" t="s">
+      <c r="AD47" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="AD47" s="7" t="s">
+      <c r="AE47" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="AE47" s="7" t="s">
+      <c r="AF47" s="7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C48" s="4">
+      <c r="C48" s="5">
+        <v>536</v>
+      </c>
+      <c r="D48" s="4">
         <v>431</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>382</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>471</v>
       </c>
-      <c r="F48" s="5">
+      <c r="G48" s="5">
         <v>586</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>478</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>403</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>466</v>
       </c>
-      <c r="J48" s="5">
+      <c r="K48" s="5">
         <v>512</v>
       </c>
-      <c r="K48" s="5">
+      <c r="L48" s="5">
         <v>541</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>439</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>429</v>
       </c>
-      <c r="N48" s="5">
+      <c r="O48" s="5">
         <v>539</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>451</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>434</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>446</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>479</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>427</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>461</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>428</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>439</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>478</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>423</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>434</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>419</v>
       </c>
-      <c r="AA48" s="5">
+      <c r="AB48" s="5">
         <v>486</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>452</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>473</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>403</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="C49" s="7">
-        <v>100</v>
+      <c r="C49" s="5">
+        <v>120</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
-      <c r="F49" s="5">
+      <c r="F49" s="7">
+        <v>100</v>
+      </c>
+      <c r="G49" s="5">
         <v>120</v>
       </c>
-      <c r="G49" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="H49" s="7">
         <v>100</v>
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
-      <c r="J49" s="5">
-        <v>120</v>
+      <c r="J49" s="7">
+        <v>100</v>
       </c>
       <c r="K49" s="5">
         <v>120</v>
       </c>
-      <c r="L49" s="7">
-        <v>100</v>
+      <c r="L49" s="5">
+        <v>120</v>
       </c>
       <c r="M49" s="7">
         <v>100</v>
       </c>
-      <c r="N49" s="5">
+      <c r="N49" s="7">
+        <v>100</v>
+      </c>
+      <c r="O49" s="5">
         <v>120</v>
       </c>
-      <c r="O49" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="P49" s="7">
         <v>100</v>
       </c>
       <c r="Q49" s="7">
         <v>100</v>
       </c>
       <c r="R49" s="7">
         <v>100</v>
       </c>
       <c r="S49" s="7">
         <v>100</v>
       </c>
       <c r="T49" s="7">
         <v>100</v>
       </c>
       <c r="U49" s="7">
         <v>100</v>
       </c>
       <c r="V49" s="7">
         <v>100</v>
       </c>
       <c r="W49" s="7">
         <v>100</v>
       </c>
       <c r="X49" s="7">
         <v>100</v>
       </c>
       <c r="Y49" s="7">
         <v>100</v>
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
-      <c r="AA49" s="5">
+      <c r="AA49" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB49" s="5">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>22</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>82</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>25</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>83</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>27</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>28</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O51" s="7" t="s">
         <v>85</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>6</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>63</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="T51" s="7" t="s">
         <v>64</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V51" s="7" t="s">
         <v>65</v>
       </c>
       <c r="W51" s="7" t="s">
         <v>29</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>67</v>
       </c>
       <c r="Z51" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AA51" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>69</v>
       </c>
       <c r="AC51" s="7" t="s">
         <v>70</v>
       </c>
       <c r="AD51" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AE51" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AF51" s="7" t="s">
         <v>87</v>
       </c>
@@ -2972,132 +2984,132 @@
       </c>
       <c r="Z53" s="7">
         <v>100</v>
       </c>
       <c r="AA53" s="7">
         <v>100</v>
       </c>
       <c r="AB53" s="7">
         <v>100</v>
       </c>
       <c r="AC53" s="7">
         <v>100</v>
       </c>
       <c r="AD53" s="7">
         <v>100</v>
       </c>
       <c r="AE53" s="7">
         <v>100</v>
       </c>
       <c r="AF53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>22</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>82</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>24</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>25</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="7" t="s">
         <v>83</v>
       </c>
       <c r="M55" s="7" t="s">
         <v>84</v>
       </c>
       <c r="N55" s="7" t="s">
         <v>27</v>
       </c>
       <c r="O55" s="7" t="s">
         <v>28</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Q55" s="7" t="s">
         <v>85</v>
       </c>
       <c r="R55" s="7" t="s">
         <v>62</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="T55" s="7" t="s">
         <v>6</v>
       </c>
       <c r="U55" s="7" t="s">
         <v>63</v>
       </c>
       <c r="V55" s="7" t="s">
         <v>64</v>
       </c>
       <c r="W55" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="X55" s="7" t="s">
         <v>65</v>
       </c>
       <c r="Y55" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="Z55" s="7" t="s">
         <v>66</v>
       </c>
       <c r="AA55" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AB55" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AC55" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AD55" s="7" t="s">
         <v>67</v>
       </c>
       <c r="AE55" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF55" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C56" s="4">
         <v>426</v>
       </c>
       <c r="D56" s="4">
         <v>454</v>
       </c>
       <c r="E56" s="4">
@@ -3260,87 +3272,87 @@
       </c>
       <c r="Z57" s="7">
         <v>100</v>
       </c>
       <c r="AA57" s="7">
         <v>100</v>
       </c>
       <c r="AB57" s="7">
         <v>100</v>
       </c>
       <c r="AC57" s="7">
         <v>100</v>
       </c>
       <c r="AD57" s="7">
         <v>100</v>
       </c>
       <c r="AE57" s="7">
         <v>100</v>
       </c>
       <c r="AF57" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>71</v>
       </c>
       <c r="D59" s="7" t="s">
         <v>32</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>73</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>75</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>76</v>
       </c>
       <c r="I59" s="7" t="s">
         <v>33</v>
       </c>
       <c r="J59" s="7" t="s">
         <v>77</v>
       </c>
       <c r="K59" s="7" t="s">
         <v>78</v>
       </c>
       <c r="L59" s="7" t="s">
         <v>79</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N59" s="7" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="4">
         <v>402</v>
       </c>
       <c r="D60" s="4">
         <v>392</v>
       </c>
       <c r="E60" s="4">
         <v>388</v>
       </c>
       <c r="F60" s="4">
         <v>376</v>
       </c>
       <c r="G60" s="4">
         <v>407</v>
       </c>
       <c r="H60" s="4">
@@ -3386,126 +3398,126 @@
       </c>
       <c r="H61" s="7">
         <v>100</v>
       </c>
       <c r="I61" s="7">
         <v>100</v>
       </c>
       <c r="J61" s="7">
         <v>100</v>
       </c>
       <c r="K61" s="7">
         <v>100</v>
       </c>
       <c r="L61" s="7">
         <v>100</v>
       </c>
       <c r="M61" s="7">
         <v>100</v>
       </c>
       <c r="N61" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D63" s="7" t="s">
         <v>22</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G63" s="7" t="s">
         <v>82</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J63" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K63" s="7" t="s">
         <v>83</v>
       </c>
       <c r="L63" s="7" t="s">
         <v>27</v>
       </c>
       <c r="M63" s="7" t="s">
         <v>28</v>
       </c>
       <c r="N63" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O63" s="7" t="s">
         <v>85</v>
       </c>
       <c r="P63" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Q63" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R63" s="7" t="s">
         <v>63</v>
       </c>
       <c r="S63" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="T63" s="7" t="s">
         <v>64</v>
       </c>
       <c r="U63" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V63" s="7" t="s">
         <v>65</v>
       </c>
       <c r="W63" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="X63" s="7" t="s">
         <v>66</v>
       </c>
       <c r="Y63" s="7" t="s">
         <v>29</v>
       </c>
       <c r="Z63" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AA63" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AB63" s="7" t="s">
         <v>68</v>
       </c>
       <c r="AC63" s="7" t="s">
         <v>69</v>
       </c>
       <c r="AD63" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AE63" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AF63" s="7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C64" s="5">