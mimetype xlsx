--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,70 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Výsledky hráčů družstva FTC KO Fiľakovo na kuželně Fiľakovo</t>
   </si>
   <si>
     <t>Ladislav Flachbart</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Patrik Flachbart</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>14.12.2024</t>
   </si>
   <si>
     <t>30.11.2024</t>
@@ -119,84 +122,84 @@
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>27.11.2022</t>
   </si>
   <si>
+    <t>Róbert Kluka</t>
+  </si>
+  <si>
+    <t>9.11.2025</t>
+  </si>
+  <si>
+    <t>27.9.2025</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>27.4.2024</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>Gejza Knapp</t>
+  </si>
+  <si>
+    <t>Damián Knapp</t>
+  </si>
+  <si>
+    <t>Patrik Kovács</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
+    <t>Alexander Šimon</t>
+  </si>
+  <si>
     <t>19.11.2022</t>
-  </si>
-[...31 lines deleted...]
-    <t>Alexander Šimon</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>Erik Gallo</t>
   </si>
   <si>
     <t>Kristián Čaba</t>
   </si>
   <si>
     <t>Milan Kojnok</t>
   </si>
   <si>
     <t>Sándor Szabó</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
@@ -730,138 +733,138 @@
       </c>
       <c r="AA7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="4">
+        <v>540</v>
+      </c>
+      <c r="D8" s="4">
         <v>522</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>560</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>595</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>553</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>584</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>524</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>600</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>569</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>560</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>594</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>591</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>619</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>571</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>566</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>615</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>576</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>574</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>545</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>553</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>564</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>583</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>595</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>582</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>562</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>603</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>567</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>590</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>603</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -926,230 +929,230 @@
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G11" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="R11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="S11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="S11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="U11" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="4">
+        <v>618</v>
+      </c>
+      <c r="D12" s="4">
         <v>585</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>591</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>530</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
       <c r="H12" s="4">
         <v>583</v>
       </c>
       <c r="I12" s="4">
+        <v>583</v>
+      </c>
+      <c r="J12" s="4">
         <v>615</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>629</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>586</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>622</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>570</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>597</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>563</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>610</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>619</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>606</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>608</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>572</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>584</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>560</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>591</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>533</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>629</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>604</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>584</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>613</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>631</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>583</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1232,230 +1235,230 @@
       <c r="B15" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G19" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="R19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="T19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="4">
+        <v>552</v>
+      </c>
+      <c r="D20" s="4">
         <v>595</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>608</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>534</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>590</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>639</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>622</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>559</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>660</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>587</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>575</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>618</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>635</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>583</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>627</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>582</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>614</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>628</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>580</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>620</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>592</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>588</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>574</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>603</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>588</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>629</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>582</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>612</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>546</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -1520,163 +1523,169 @@
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G23" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I23" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J23" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="T23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U23" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="V23" s="6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="4">
+        <v>582</v>
+      </c>
+      <c r="D24" s="4">
         <v>542</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>556</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>558</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>599</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>580</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>568</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>591</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>579</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>592</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>580</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>633</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>624</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>590</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>571</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>586</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>624</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>581</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>538</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>518</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
@@ -1697,217 +1706,226 @@
       </c>
       <c r="N25" s="4">
         <v>120</v>
       </c>
       <c r="O25" s="4">
         <v>120</v>
       </c>
       <c r="P25" s="4">
         <v>120</v>
       </c>
       <c r="Q25" s="4">
         <v>120</v>
       </c>
       <c r="R25" s="4">
         <v>120</v>
       </c>
       <c r="S25" s="4">
         <v>120</v>
       </c>
       <c r="T25" s="4">
         <v>120</v>
       </c>
       <c r="U25" s="4">
         <v>120</v>
       </c>
+      <c r="V25" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H27" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K27" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>33</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>35</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>47</v>
+      </c>
+      <c r="AC27" s="6" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="4">
+        <v>560</v>
+      </c>
+      <c r="D28" s="4">
         <v>597</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>613</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>592</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>556</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>590</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>638</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>567</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>585</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>586</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>564</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>606</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>577</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>609</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>617</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>580</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>595</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>556</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>595</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>610</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>581</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>580</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>550</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>594</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>596</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>582</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>568</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
@@ -1949,270 +1967,282 @@
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
       <c r="Y29" s="4">
         <v>120</v>
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
+      <c r="AC29" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>26</v>
+      </c>
+      <c r="P31" s="6" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="4">
+        <v>578</v>
+      </c>
+      <c r="D32" s="4">
         <v>564</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>542</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>548</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>576</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>584</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>550</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>535</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>555</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>525</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>584</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>535</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>581</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>580</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
         <v>120</v>
       </c>
       <c r="J33" s="4">
         <v>120</v>
       </c>
       <c r="K33" s="4">
         <v>120</v>
       </c>
       <c r="L33" s="4">
         <v>120</v>
       </c>
       <c r="M33" s="4">
         <v>120</v>
       </c>
       <c r="N33" s="4">
         <v>120</v>
       </c>
       <c r="O33" s="4">
         <v>120</v>
       </c>
+      <c r="P33" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="4">
         <v>570</v>
       </c>
       <c r="D40" s="4">
         <v>561</v>
       </c>
       <c r="E40" s="4">
         <v>599</v>
       </c>
       <c r="F40" s="4">
         <v>562</v>
       </c>
       <c r="G40" s="4">
         <v>555</v>
       </c>
       <c r="H40" s="4">
         <v>585</v>
       </c>
       <c r="I40" s="4">
@@ -2303,66 +2333,66 @@
       </c>
       <c r="P41" s="4">
         <v>120</v>
       </c>
       <c r="Q41" s="4">
         <v>120</v>
       </c>
       <c r="R41" s="4">
         <v>120</v>
       </c>
       <c r="S41" s="4">
         <v>120</v>
       </c>
       <c r="T41" s="4">
         <v>120</v>
       </c>
       <c r="U41" s="4">
         <v>120</v>
       </c>
       <c r="V41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="4">
         <v>571</v>
       </c>
       <c r="D44" s="4">
         <v>591</v>
       </c>
       <c r="E44" s="4">
         <v>589</v>
       </c>
       <c r="F44" s="4">
         <v>592</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>