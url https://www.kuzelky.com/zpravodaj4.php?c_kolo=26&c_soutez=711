--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -20927,50 +20927,109 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Lidmila Fořtová</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>15.04.2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>KK Slavia B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>1x</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRDefault="007D7338" w:rsidP="007D7338">
+      <w:pPr>
+        <w:pStyle w:val="KingNormal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="6521"/>
+          <w:tab w:val="right" w:pos="9781"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>11929</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Karel Balliš</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>15.04.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>TJ Sokol Velké Popovice A</w:t>
+      </w:r>
+      <w:r>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4x</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007D7338" w:rsidP="007C2A3D">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:t>Hráči dopsaní na soupisku:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="007C2A3D" w:rsidP="007C2A3D">
       <w:pPr>
         <w:pStyle w:val="KingNormal"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="left" w:pos="6521"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>