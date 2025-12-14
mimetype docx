--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -617,51 +617,51 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Ročník 2015/2016</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.12.2025</w:t>
+        <w:t>14.12.2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00F65361" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nhozy2"/>
         <w:keepNext w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00FA00A1" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t> 3.KLM A 2015/2016</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00FA00A1" w:rsidP="00D66417">
       <w:pPr>
         <w:pStyle w:val="Nadpiskola"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
@@ -918,114 +918,114 @@
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Sokol Kdyně</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>11</w:t>
-[...3 lines deleted...]
-        <w:t>9</w:t>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>66.0 : 22.0</w:t>
+        <w:t>71.0 : 25.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(157.0 : 107.0)</w:t>
-[...17 lines deleted...]
-        <w:t>2196</w:t>
+        <w:t>(170.5 : 117.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3265</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2195</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>1070</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>20.5</w:t>
+        <w:t>20.9</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
@@ -1035,114 +1035,114 @@
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Kovohutě Příbram</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>11</w:t>
-[...3 lines deleted...]
-        <w:t>8</w:t>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>53.5 : 34.5</w:t>
+        <w:t>60.5 : 35.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(143.5 : 120.5)</w:t>
-[...17 lines deleted...]
-        <w:t>2139</w:t>
+        <w:t>(160.5 : 127.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3182</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2138</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>1044</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>27.5</w:t>
+        <w:t>26.4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
@@ -1152,816 +1152,816 @@
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Slovan Karlovy Vary</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>11</w:t>
-[...3 lines deleted...]
-        <w:t>7</w:t>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>50.5 : 37.5</w:t>
+        <w:t>57.5 : 38.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(138.0 : 126.0)</w:t>
+        <w:t>(154.0 : 134.0)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>3189</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>14</w:t>
-[...15 lines deleted...]
-        <w:t>28.4</w:t>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2158</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1031</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>27.6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Lokomotiva Ústí n. L.</w:t>
-[...5 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>TJ VTŽ Chomutov</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>50.0 : 38.0</w:t>
+        <w:t>52.5 : 43.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(137.5 : 126.5)</w:t>
-[...27 lines deleted...]
-        <w:t>24.4</w:t>
+        <w:t>(149.5 : 138.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3147</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2129</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1018</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>29.4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ VTŽ Chomutov</w:t>
-[...27 lines deleted...]
-        <w:t>45.5 : 42.5</w:t>
+        <w:t>TJ Lokomotiva Ústí n. L.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>51.0 : 45.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(135.5 : 128.5)</w:t>
-[...27 lines deleted...]
-        <w:t>29.5</w:t>
+        <w:t>(146.5 : 141.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3142</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2115</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1027</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>24.8</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Glaverbel Czech Teplice</w:t>
-[...5 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>KK Karlovy Vary</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>4</w:t>
-[...5 lines deleted...]
-        <w:t>44.5 : 43.5</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>50.0 : 46.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(133.5 : 130.5)</w:t>
-[...5 lines deleted...]
-        <w:t>3144</w:t>
+        <w:t>(148.0 : 140.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3151</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>2125</w:t>
-[...9 lines deleted...]
-        <w:t>31.1</w:t>
+        <w:t>2126</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>23.5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>KK Karlovy Vary</w:t>
-[...5 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>TJ Glaverbel Czech Teplice</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>46.0 : 42.0</w:t>
+        <w:t>45.5 : 50.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(138.5 : 125.5)</w:t>
-[...27 lines deleted...]
-        <w:t>22.7</w:t>
+        <w:t>(141.5 : 146.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3136</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2121</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>32.2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>8.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Blatná</w:t>
+        <w:t>CB Dobřany</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>49.5 : 46.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(147.5 : 140.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3161</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
-[...58 lines deleted...]
-        <w:t>32.7</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2137</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>26.9</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>CB Dobřany</w:t>
-[...27 lines deleted...]
-        <w:t>42.5 : 45.5</w:t>
+        <w:t>TJ Blatná</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>42.0 : 54.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(132.5 : 131.5)</w:t>
-[...27 lines deleted...]
-        <w:t>27.1</w:t>
+        <w:t>(129.5 : 158.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3142</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2141</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1001</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>34.6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
@@ -1971,348 +1971,348 @@
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Baník Stříbro B</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>11</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>8</w:t>
-[...5 lines deleted...]
-        <w:t>29.5 : 58.5</w:t>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>30.5 : 65.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(113.0 : 151.0)</w:t>
-[...5 lines deleted...]
-        <w:t>3122</w:t>
+        <w:t>(120.0 : 168.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3090</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>2116</w:t>
-[...9 lines deleted...]
-        <w:t>38.5</w:t>
+        <w:t>2100</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>991</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>39.3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>11.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Jiskra Hazlov</w:t>
-[...5 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>SK Škoda VS Plzeň</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>29.5 : 58.5</w:t>
+        <w:t>33.5 : 62.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(122.5 : 141.5)</w:t>
-[...27 lines deleted...]
-        <w:t>32.6</w:t>
+        <w:t>(127.5 : 160.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3162</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>2126</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1036</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>27</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00E848F4" w:rsidP="00B61ADF">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="right" w:pos="8647"/>
           <w:tab w:val="decimal" w:pos="9214"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>12.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>SK Škoda VS Plzeň</w:t>
-[...5 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>TJ Jiskra Hazlov</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>9</w:t>
-[...5 lines deleted...]
-        <w:t>29.5 : 58.5</w:t>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>32.5 : 63.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(113.0 : 151.0)</w:t>
-[...5 lines deleted...]
-        <w:t>3163</w:t>
+        <w:t>(133.0 : 155.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>3176</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>2127</w:t>
-[...9 lines deleted...]
-        <w:t>26.6</w:t>
+        <w:t>2149</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>1026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>31.8</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00827062" w:rsidP="00827062">
       <w:pPr>
         <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00827062" w:rsidP="00827062">
       <w:pPr>
         <w:pStyle w:val="StylStylPehledTunModrnenVechnavelkzarovnnnast"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRDefault="00827062" w:rsidP="00827062">
       <w:pPr>
         <w:pStyle w:val="Nadpisy"/>
       </w:pPr>
       <w:r>
         <w:t>Tabulka doma:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
@@ -2523,88 +2523,88 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Kovohutě Příbram</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>30.5 : 9.5</w:t>
+        <w:t>37.5 : 10.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(72.5 : 47.5)</w:t>
-[...7 lines deleted...]
-        <w:t>10</w:t>
+        <w:t>(89.5 : 54.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3154</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3270</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3094</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
@@ -2615,480 +2615,480 @@
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Lokomotiva Ústí n. L.</w:t>
+        <w:t>TJ Sokol Kdyně</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>34.0 : 14.0</w:t>
+        <w:t>35.0 : 13.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(84.5 : 59.5)</w:t>
-[...3 lines deleted...]
-        <w:t>3183</w:t>
+        <w:t>(85.0 : 59.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3304</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3244</w:t>
-[...3 lines deleted...]
-        <w:t>3122</w:t>
+        <w:t>3365</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3250</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>KK Karlovy Vary</w:t>
+        <w:t>TJ Lokomotiva Ústí n. L.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>1</w:t>
-[...3 lines deleted...]
-        <w:t>31.0 : 17.0</w:t>
+        <w:t>34.0 : 14.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(83.0 : 61.0)</w:t>
-[...15 lines deleted...]
-        <w:t>3043</w:t>
+        <w:t>(84.5 : 59.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3183</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3244</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3122</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Glaverbel Czech Teplice</w:t>
+        <w:t>KK Karlovy Vary</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>30.5 : 17.5</w:t>
+        <w:t>31.0 : 17.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(79.0 : 65.0)</w:t>
-[...3 lines deleted...]
-        <w:t>3173</w:t>
+        <w:t>(83.0 : 61.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3192</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3231</w:t>
-[...3 lines deleted...]
-        <w:t>3098</w:t>
+        <w:t>3262</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3043</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Sokol Kdyně</w:t>
-[...3 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>TJ Glaverbel Czech Teplice</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0</w:t>
-[...2 lines deleted...]
-        <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>30.0 : 10.0</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>30.5 : 17.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(71.5 : 48.5)</w:t>
-[...15 lines deleted...]
-        <w:t>3250</w:t>
+        <w:t>(79.0 : 65.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3173</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3231</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3098</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ VTŽ Chomutov</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>22.0 : 18.0</w:t>
+        <w:t>29.0 : 19.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(65.0 : 55.0)</w:t>
-[...11 lines deleted...]
-        <w:t>3118</w:t>
+        <w:t>(79.0 : 65.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3102</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3129</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3039</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
@@ -3099,88 +3099,88 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Slovan Karlovy Vary</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>23.0 : 17.0</w:t>
+        <w:t>30.0 : 18.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(62.5 : 57.5)</w:t>
-[...7 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>(78.5 : 65.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3189</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3289</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3115</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
@@ -3191,284 +3191,284 @@
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>8.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Blatná</w:t>
+        <w:t>CB Dobřany</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>26.0 : 22.0</w:t>
+        <w:t>27.5 : 20.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(69.0 : 75.0)</w:t>
-[...3 lines deleted...]
-        <w:t>3140</w:t>
+        <w:t>(75.0 : 69.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3225</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3196</w:t>
-[...3 lines deleted...]
-        <w:t>3103</w:t>
+        <w:t>3348</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3124</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>CB Dobřany</w:t>
-[...7 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>TJ Blatná</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>20.5 : 19.5</w:t>
+        <w:t>26.0 : 22.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(60.0 : 60.0)</w:t>
-[...15 lines deleted...]
-        <w:t>3124</w:t>
+        <w:t>(69.0 : 75.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3140</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3196</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3103</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SK Škoda VS Plzeň</w:t>
       </w:r>
       <w:r>
         <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>22.0 : 26.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(71.5 : 72.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3249</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
         <w:t>5</w:t>
-      </w:r>
-[...35 lines deleted...]
-        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3345</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3187</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="006D52F0" w:rsidP="006D52F0">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
@@ -4363,84 +4363,84 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Lokomotiva Ústí n. L.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3</w:t>
-[...3 lines deleted...]
-        <w:t>16.0 : 24.0</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>17.0 : 31.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(53.0 : 67.0)</w:t>
-[...3 lines deleted...]
-        <w:t>3141</w:t>
+        <w:t>(62.0 : 82.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3135</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3287</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3068</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00DF7E25" w:rsidP="00DF7E25">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
@@ -4459,476 +4459,476 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Blatná</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3</w:t>
-[...3 lines deleted...]
-        <w:t>15.0 : 25.0</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>16.0 : 32.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(50.5 : 69.5)</w:t>
-[...3 lines deleted...]
-        <w:t>3175</w:t>
+        <w:t>(60.5 : 83.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3142</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3292</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3017</w:t>
+        <w:t>2980</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00DF7E25" w:rsidP="00DF7E25">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>8.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Glaverbel Czech Teplice</w:t>
-[...3 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>KK Karlovy Vary</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>19.0 : 29.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(65.0 : 79.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3169</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>14.0 : 26.0</w:t>
-[...28 lines deleted...]
-        <w:t>3019</w:t>
+        <w:t>3319</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3063</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00DF7E25" w:rsidP="00DF7E25">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>KK Karlovy Vary</w:t>
-[...3 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>TJ Glaverbel Czech Teplice</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>15.0 : 25.0</w:t>
+        <w:t>15.0 : 33.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(55.5 : 64.5)</w:t>
-[...15 lines deleted...]
-        <w:t>3063</w:t>
+        <w:t>(62.5 : 81.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3129</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3204</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3019</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00DF7E25" w:rsidP="00DF7E25">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Baník Stříbro B</w:t>
       </w:r>
       <w:r>
         <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>1</w:t>
-[...11 lines deleted...]
-        <w:t>10.0 : 30.0</w:t>
+        <w:t>11.0 : 37.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(43.0 : 77.0)</w:t>
-[...3 lines deleted...]
-        <w:t>3103</w:t>
+        <w:t>(50.0 : 94.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3069</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3199</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>2941</w:t>
+        <w:t>2901</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00DF7E25" w:rsidP="00DF7E25">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="center" w:pos="8647"/>
           <w:tab w:val="center" w:pos="9498"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>11.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Jiskra Hazlov</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-        <w:t>8.5 : 31.5</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>11.5 : 36.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(48.0 : 72.0)</w:t>
-[...3 lines deleted...]
-        <w:t>3153</w:t>
+        <w:t>(58.5 : 85.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3165</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3217</w:t>
+        <w:t>3221</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3096</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00DF7E25" w:rsidP="00DF7E25">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
@@ -5264,92 +5264,92 @@
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Sokol Kdyně</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>11</w:t>
-[...3 lines deleted...]
-        <w:t>9</w:t>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>66.0 : 22.0</w:t>
+        <w:t>71.0 : 25.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(157.0 : 107.0)</w:t>
-[...11 lines deleted...]
-        <w:t>4 </w:t>
+        <w:t>(170.5 : 117.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3265</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>21 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>5 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
@@ -5380,92 +5380,92 @@
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Kovohutě Příbram</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>11</w:t>
-[...3 lines deleted...]
-        <w:t>8</w:t>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>53.5 : 34.5</w:t>
+        <w:t>60.5 : 35.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(143.5 : 120.5)</w:t>
-[...11 lines deleted...]
-        <w:t>5 </w:t>
+        <w:t>(160.5 : 127.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3182</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>18 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
@@ -5496,92 +5496,92 @@
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Slovan Karlovy Vary</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>11</w:t>
-[...3 lines deleted...]
-        <w:t>7</w:t>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>50.5 : 37.5</w:t>
+        <w:t>57.5 : 38.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(138.0 : 126.0)</w:t>
+        <w:t>(154.0 : 134.0)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3189</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>14 </w:t>
-[...3 lines deleted...]
-        <w:t>3 </w:t>
+        <w:t>16 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
@@ -5608,108 +5608,108 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Lokomotiva Ústí n. L.</w:t>
-[...3 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>TJ VTŽ Chomutov</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>50.0 : 38.0</w:t>
+        <w:t>52.5 : 43.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(137.5 : 126.5)</w:t>
-[...15 lines deleted...]
-        <w:t>0 </w:t>
+        <w:t>(149.5 : 138.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3147</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>15 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>2 </w:t>
+        <w:t>1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
@@ -5724,344 +5724,344 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ VTŽ Chomutov</w:t>
-[...11 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>TJ Lokomotiva Ústí n. L.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>51.0 : 45.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(146.5 : 141.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3142</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>14 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>5 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
-      </w:r>
-[...47 lines deleted...]
-        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Glaverbel Czech Teplice</w:t>
-[...3 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>KK Karlovy Vary</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>50.0 : 46.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(148.0 : 140.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3151</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
         <w:t>4</w:t>
-      </w:r>
-[...47 lines deleted...]
-        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>KK Karlovy Vary</w:t>
-[...3 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>TJ Glaverbel Czech Teplice</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>46.0 : 42.0</w:t>
+        <w:t>45.5 : 50.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(138.5 : 125.5)</w:t>
-[...7 lines deleted...]
-        <w:t>11 </w:t>
+        <w:t>(141.5 : 146.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3136</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0 </w:t>
+        <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
@@ -6072,112 +6072,112 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>8.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Blatná</w:t>
-[...3 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>CB Dobřany</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>41.0 : 47.0</w:t>
+        <w:t>49.5 : 46.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(119.5 : 144.5)</w:t>
-[...7 lines deleted...]
-        <w:t>10 </w:t>
+        <w:t>(147.5 : 140.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3161</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>11 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0 </w:t>
+        <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
@@ -6188,116 +6188,116 @@
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>CB Dobřany</w:t>
-[...3 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>TJ Blatná</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>42.0 : 54.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(129.5 : 158.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3142</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>10 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
-      </w:r>
-[...55 lines deleted...]
-        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
@@ -6308,332 +6308,332 @@
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TJ Baník Stříbro B</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>11</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>8</w:t>
-[...3 lines deleted...]
-        <w:t>29.5 : 58.5</w:t>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>30.5 : 65.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(113.0 : 151.0)</w:t>
-[...3 lines deleted...]
-        <w:t>3122</w:t>
+        <w:t>(120.0 : 168.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3090</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>11.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>TJ Jiskra Hazlov</w:t>
-[...3 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>SK Škoda VS Plzeň</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>29.5 : 58.5</w:t>
+        <w:t>33.5 : 62.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(122.5 : 141.5)</w:t>
-[...7 lines deleted...]
-        <w:t>4 </w:t>
+        <w:t>(127.5 : 160.5)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3162</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>5 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+        <w:t>1 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>4 </w:t>
-[...2 lines deleted...]
-        <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>0 </w:t>
-[...3 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="005C7C7D">
       <w:pPr>
         <w:pStyle w:val="TabulkaCelkem"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2410"/>
           <w:tab w:val="clear" w:pos="2977"/>
           <w:tab w:val="clear" w:pos="3261"/>
           <w:tab w:val="clear" w:pos="4253"/>
           <w:tab w:val="clear" w:pos="5529"/>
           <w:tab w:val="clear" w:pos="7002"/>
           <w:tab w:val="clear" w:pos="7456"/>
           <w:tab w:val="clear" w:pos="7513"/>
           <w:tab w:val="clear" w:pos="7655"/>
           <w:tab w:val="clear" w:pos="7683"/>
           <w:tab w:val="clear" w:pos="8335"/>
           <w:tab w:val="clear" w:pos="8931"/>
           <w:tab w:val="clear" w:pos="9356"/>
           <w:tab w:val="clear" w:pos="9639"/>
           <w:tab w:val="right" w:pos="3119"/>
           <w:tab w:val="right" w:pos="3544"/>
           <w:tab w:val="center" w:pos="3828"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="4962"/>
           <w:tab w:val="right" w:pos="7371"/>
           <w:tab w:val="right" w:pos="7797"/>
           <w:tab w:val="bar" w:pos="7938"/>
           <w:tab w:val="bar" w:pos="7966"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="center" w:pos="8505"/>
           <w:tab w:val="right" w:pos="8789"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="center" w:pos="9498"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>12.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>SK Škoda VS Plzeň</w:t>
-[...3 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>TJ Jiskra Hazlov</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>9</w:t>
-[...3 lines deleted...]
-        <w:t>29.5 : 58.5</w:t>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>32.5 : 63.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(113.0 : 151.0)</w:t>
-[...3 lines deleted...]
-        <w:t>3163</w:t>
+        <w:t>(133.0 : 155.0)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>3176</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>3 </w:t>
+        <w:t>4 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>0 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRDefault="00D8719E" w:rsidP="00D8719E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>